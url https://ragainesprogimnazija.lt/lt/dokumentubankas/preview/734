--- v0 (2025-11-01)
+++ v1 (2026-03-17)
@@ -4,26344 +4,26062 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4BA219F6" w14:textId="77777777" w:rsidR="000F59F7" w:rsidRPr="00B507A6" w:rsidRDefault="000F59F7" w:rsidP="000F59F7">
-[...1 lines deleted...]
-        <w:ind w:left="5529"/>
+    <w:p w14:paraId="032CB50B" w14:textId="613DF2B7" w:rsidR="00FA78E1" w:rsidRDefault="00337A44" w:rsidP="00337A44">
+      <w:pPr>
+        <w:ind w:left="5954"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CAC04B" w14:textId="77777777" w:rsidR="000F59F7" w:rsidRPr="00B507A6" w:rsidRDefault="000F59F7" w:rsidP="000F59F7">
-[...1 lines deleted...]
-        <w:ind w:left="5529"/>
+    <w:p w14:paraId="17B33CB8" w14:textId="2156C9E9" w:rsidR="00337A44" w:rsidRDefault="00337A44" w:rsidP="00337A44">
+      <w:pPr>
+        <w:ind w:left="5954"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Šiaulių Ragainės progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113FD37E" w14:textId="575D3E49" w:rsidR="000F59F7" w:rsidRPr="00B507A6" w:rsidRDefault="000F59F7" w:rsidP="000F59F7">
-[...1 lines deleted...]
-        <w:ind w:left="5529"/>
+    <w:p w14:paraId="451DF9A1" w14:textId="06CBCA8C" w:rsidR="00337A44" w:rsidRDefault="00337A44" w:rsidP="00337A44">
+      <w:pPr>
+        <w:ind w:left="5954"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B507A6">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>direktoriaus 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A443AB">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002F5171">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>-01-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE33F6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3D6A3F" w14:textId="09A79F11" w:rsidR="00337A44" w:rsidRPr="00337A44" w:rsidRDefault="00337A44" w:rsidP="00337A44">
+      <w:pPr>
+        <w:ind w:left="5954"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE33F6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B507A6">
-[...46 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>. V-</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>(1.3.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032CB50B" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00AB054F">
+    <w:p w14:paraId="72318E3B" w14:textId="77777777" w:rsidR="00337A44" w:rsidRDefault="00337A44" w:rsidP="00AB054F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="600DDB9F" w14:textId="57A229DC" w:rsidR="00041557" w:rsidRPr="004B1A1B" w:rsidRDefault="005E0197" w:rsidP="00AB054F">
+    <w:p w14:paraId="600DDB9F" w14:textId="4839F324" w:rsidR="00041557" w:rsidRPr="003B22DA" w:rsidRDefault="005E0197" w:rsidP="00AB054F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ŠIAULIŲ </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>RAGAINĖS PRO</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>GIMNAZIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A753C68" w14:textId="1A8CA645" w:rsidR="00AB1027" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
+    <w:p w14:paraId="3A753C68" w14:textId="1A8CA645" w:rsidR="00AB1027" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DARBUOTOJ</w:t>
       </w:r>
-      <w:r w:rsidR="00043D16" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00043D16" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> DARBO APMOK</w:t>
       </w:r>
-      <w:r w:rsidR="00043D16" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00043D16" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>JIMO SISTEMA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70134749" w14:textId="77777777" w:rsidR="008B764A" w:rsidRPr="004B1A1B" w:rsidRDefault="008B764A" w:rsidP="00AB054F">
+    <w:p w14:paraId="70134749" w14:textId="77777777" w:rsidR="008B764A" w:rsidRPr="003B22DA" w:rsidRDefault="008B764A" w:rsidP="00AB054F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D08F44A" w14:textId="1709B202" w:rsidR="00A524C0" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
+    <w:p w14:paraId="6D08F44A" w14:textId="1709B202" w:rsidR="00A524C0" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F73ABB" w14:textId="77777777" w:rsidR="008B764A" w:rsidRPr="004B1A1B" w:rsidRDefault="008B764A" w:rsidP="008B764A">
+    <w:p w14:paraId="33F73ABB" w14:textId="77777777" w:rsidR="008B764A" w:rsidRPr="003B22DA" w:rsidRDefault="008B764A" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A298CB4" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00A96768" w:rsidP="008B764A">
+    <w:p w14:paraId="1A298CB4" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00A96768" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Biudžetinės įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="005E0197" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005E0197" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidR="005E0197" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005E0197" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau </w:t>
       </w:r>
-      <w:r w:rsidR="006B65CD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006B65CD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B65CD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006B65CD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaiga</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>) darbuotoj</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, dirban</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>čių</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pagal darbo sutartis (toliau </w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojai</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>), darbo apmok</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jimo sistema (toliau </w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>) reglamentu</w:t>
       </w:r>
-      <w:r w:rsidR="00563FF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00563FF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ja</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3943" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BA3943" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidR="00E630AE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E630AE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbo apmokėjimo tvarką</w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigoje</w:t>
       </w:r>
-      <w:r w:rsidR="00E630AE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E630AE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo apmokėjimo </w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigoje </w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>principus,</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="part_e0fcf57d40c74c99b1ad01e1801ae300"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00593843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00593843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Į</w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>staigos pareigybių grupavim</w:t>
       </w:r>
-      <w:r w:rsidR="00593843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00593843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> į pareigybių</w:t>
       </w:r>
-      <w:r w:rsidR="00593843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00593843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> grupes ir</w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> lygius,</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="part_61d217bf5a00443f929244bb7062f9a7"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00514641" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00514641" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pareigybių skaičių Įstaigoje, </w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00514641" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00514641" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pareigybių aprašymo tvarką, darbo užmokesčio sandarą, </w:t>
       </w:r>
-      <w:r w:rsidR="009136D9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009136D9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo apmokėjimo sąlygas bei dydžius, </w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareiginės algos koeficiento dydžio nustatymo kriteriju</w:t>
       </w:r>
-      <w:r w:rsidR="00213A24" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00213A24" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00D261DA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D261DA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir, atsižvelgiant į juos, didžiausius </w:t>
       </w:r>
-      <w:r w:rsidR="00213A24" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00213A24" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigin</w:t>
       </w:r>
-      <w:r w:rsidR="00E54589" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E54589" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ės algos koeficiento</w:t>
       </w:r>
-      <w:r w:rsidR="00593843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00593843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dydžius, konkrečių pareigybių pareiginės algos koeficientų intervalus, taip pat </w:t>
       </w:r>
-      <w:r w:rsidR="00211349" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00211349" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priemokų, skatinimo ir apdovanojimų skyrimo tvarką, </w:t>
       </w:r>
-      <w:r w:rsidR="00593843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00593843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kintamosios dalies dydžius ir jos skyrimo tvarką (jeigu tokia darbo užmokesčio sudėtinė dalis yra numatyta</w:t>
       </w:r>
-      <w:r w:rsidR="00514641" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00514641" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="00211349" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00211349" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pareiginės algos nustatymo, atlikus tarnybinės veiklos vertinimą, tvarką, </w:t>
       </w:r>
-      <w:r w:rsidR="00E630AE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E630AE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Į</w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">staigos </w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
-      <w:r w:rsidR="00E128DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E128DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> peržiūrėjimo bei keitimo tvarką</w:t>
       </w:r>
-      <w:r w:rsidR="006C6C02" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006C6C02" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir kitas darbo užmokesčio skyrimo ir mokėjimo </w:t>
       </w:r>
-      <w:r w:rsidR="009136D9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009136D9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ar su darbo apmokėjimu susijusias </w:t>
       </w:r>
-      <w:r w:rsidR="006C6C02" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006C6C02" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nuostatas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A60A6D" w14:textId="1F870723" w:rsidR="00FA7136" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA7136" w:rsidP="008B764A">
+    <w:p w14:paraId="75A60A6D" w14:textId="1F870723" w:rsidR="00FA7136" w:rsidRPr="003B22DA" w:rsidRDefault="00FA7136" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Š</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ios DAS nuostatos parengtos vadovaujantis Lietuvos Respublikos darbo kodeksu ir j</w:t>
       </w:r>
-      <w:r w:rsidR="007F07B8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007F07B8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>į įgyvendinančiais</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> teis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s aktais, L</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ietuvos Respublikos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00821400" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00821400" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijų narių atlygio už darbą</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>statymu</w:t>
       </w:r>
-      <w:r w:rsidR="00196859" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00196859" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau – „</w:t>
       </w:r>
-      <w:r w:rsidR="00196859" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00196859" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstatymas</w:t>
       </w:r>
-      <w:r w:rsidR="00196859" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00196859" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>“)</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
-      <w:r w:rsidR="00085767" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00085767" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="007F07B8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007F07B8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidR="00085767" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00085767" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> įgyvendina</w:t>
       </w:r>
-      <w:r w:rsidR="001E0FD4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001E0FD4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nčiais</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> teis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s aktais,</w:t>
       </w:r>
-      <w:r w:rsidR="00A0475A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A0475A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lietuvos Respublikos švietimo įstatymu ir jį įgyvendinančiais teisės aktais,</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ietuvos Respublikos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vyriausyb</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s nutarimais, L</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ietuvos Respublikos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00085767" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00085767" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>švietimo</w:t>
       </w:r>
-      <w:r w:rsidR="00821400" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00821400" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, mokslo ir sporto </w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ministr</w:t>
       </w:r>
-      <w:r w:rsidR="00085767" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00085767" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sakymais, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus darbo tvarkos taisykl</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mis, suderintomis su kitais </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> lokaliniais teis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s aktais</w:t>
       </w:r>
-      <w:r w:rsidR="00687F36" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00687F36" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, o taip pat atsižvelgiant į Lietuvos Respublikos Vyriausybės </w:t>
       </w:r>
-      <w:r w:rsidR="0031793B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0031793B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">patvirtintas darbo apmokėjimo sistemos nustatymo </w:t>
       </w:r>
-      <w:r w:rsidR="00687F36" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00687F36" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>rekomendacijas</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D05AA1B" w14:textId="6020093F" w:rsidR="00BA3943" w:rsidRPr="004B1A1B" w:rsidRDefault="00BA3943" w:rsidP="008B764A">
+    <w:p w14:paraId="4D05AA1B" w14:textId="6020093F" w:rsidR="00BA3943" w:rsidRPr="003B22DA" w:rsidRDefault="00BA3943" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos DAS parengta vadovaujantis teisinio apibrėžtumo, teisėtų lūkesčių apsaugos ir visokeriopos darbo santykių teisių gynybos, darbo santykių stabilumo, teisingo mokėjimo už darbą, vienodo atlygio už</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>tokį patį ir vienodos vertės darbą,</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00041557" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00041557" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojų lygybės, nepaisant jų</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>lyties, rasės, tautybės, pilietybės, kalbos, kilmės, socialinės padėties, tikėjimo, įsitikinimų ar pažiūrų, amžiaus, lytinės orientacijos, negalios, etninės priklausomybės, religijos, sveikatos būklės, ketinimo turėti vaiką (vaikų), įvaikį (įvaikių), globotinį (globotinių), rūpintinį (rūpintinių), santuokinės ir šeiminės padėties, priklausymo politinėms partijoms, profesinėms sąjungoms ir asociacijoms aplinkybių, nesusijusių su valstybės tarnautojų dalykinėmis savybėmis, laisvų kolektyvinių derybų ir teisės imtis kolektyvinių veiksmų, skaidrumo ir viešumo principais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2046CCC2" w14:textId="3F1ACE52" w:rsidR="00FA7136" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="008B764A">
+    <w:p w14:paraId="2046CCC2" w14:textId="3F1ACE52" w:rsidR="00FA7136" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS taikoma apskai</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>č</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iuojant ir i</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokant darbo u</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokest</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E37B3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003E37B3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojams, dirbantiems pagal darbo sutartis</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13718B3E" w14:textId="5B614C30" w:rsidR="00FA7136" w:rsidRPr="004B1A1B" w:rsidRDefault="00E163CE" w:rsidP="008B764A">
+    <w:p w14:paraId="13718B3E" w14:textId="5B614C30" w:rsidR="00FA7136" w:rsidRPr="003B22DA" w:rsidRDefault="00E163CE" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00041557" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00041557" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotoj</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ų </w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbo u</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokestis mokamas i</w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">š </w:t>
       </w:r>
-      <w:r w:rsidR="005E0197" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005E0197" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">valstybės, savivaldybės biudžeto ir Europos sąjungos </w:t>
       </w:r>
-      <w:r w:rsidR="00FA7136" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FA7136" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>lėšų</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10586470" w14:textId="2433915E" w:rsidR="00F024F5" w:rsidRPr="004B1A1B" w:rsidRDefault="00E95AB0" w:rsidP="008B764A">
+    <w:p w14:paraId="10586470" w14:textId="2433915E" w:rsidR="00F024F5" w:rsidRPr="003B22DA" w:rsidRDefault="00E95AB0" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šioje </w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS vartojamos sąvokos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D8E3E0" w14:textId="1D08CAB2" w:rsidR="00F024F5" w:rsidRPr="004B1A1B" w:rsidRDefault="00F024F5" w:rsidP="008B764A">
+    <w:p w14:paraId="31D8E3E0" w14:textId="1D08CAB2" w:rsidR="00F024F5" w:rsidRPr="003B22DA" w:rsidRDefault="00F024F5" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>šsilavinimas</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">“ – </w:t>
       </w:r>
-      <w:r w:rsidR="00FC190A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FC190A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos teisės aktų</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC190A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FC190A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nustatyta tvarka pripažįstama asmens tam tikro lygio branda, kompetencija, kvalifikacija;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592B5F5D" w14:textId="0269F6A3" w:rsidR="00C535FD" w:rsidRPr="004B1A1B" w:rsidRDefault="009E5A71" w:rsidP="008B764A">
+    <w:p w14:paraId="592B5F5D" w14:textId="0269F6A3" w:rsidR="00C535FD" w:rsidRPr="003B22DA" w:rsidRDefault="009E5A71" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>edagogini</w:t>
       </w:r>
-      <w:r w:rsidR="00C535FD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C535FD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo stažas</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidR="00430FBF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00430FBF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> tai yra specialus darbo stažas vaikų, jaunimo ir suaugusiųjų mokymo bei ugdymo darbo, atliekamo ugdymo ir švietimo įstaigose bei joms prilygintose institucijose, laikotarpis</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA24705" w14:textId="4E18F520" w:rsidR="0018610A" w:rsidRPr="004B1A1B" w:rsidRDefault="00C535FD" w:rsidP="008B764A">
+    <w:p w14:paraId="3FA24705" w14:textId="4E18F520" w:rsidR="0018610A" w:rsidRPr="003B22DA" w:rsidRDefault="00C535FD" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>rofesinio darbo patirtis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – patirtis, </w:t>
       </w:r>
-      <w:r w:rsidR="00D85E91" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D85E91" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kuri apskaičiuojama sumuojant laikotarpius, kai buvo dirbamas darbas, analogiškas pareigybės aprašyme nustatytam tam tikros profesijos ar specialybės darbui, arba atliekamos funkcijos, analogiškos pareigybės aprašyme nustatytoms funkcijoms</w:t>
       </w:r>
-      <w:r w:rsidR="000E1AF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="000E1AF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA9852E" w14:textId="17DB1C47" w:rsidR="00AB1027" w:rsidRPr="004B1A1B" w:rsidRDefault="0018610A" w:rsidP="008B764A">
+    <w:p w14:paraId="3FA9852E" w14:textId="17DB1C47" w:rsidR="00AB1027" w:rsidRPr="003B22DA" w:rsidRDefault="0018610A" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00E95AB0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E95AB0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>adovaujamo darbo patirtis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00F024F5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F024F5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="000375EB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="000375EB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>patirtis, kuri apskaičiuojama sumuojant laikotarpius, kai buvo vadovaujama įmonėms, įstaigoms, organizacijoms ir (ar) jų padaliniams</w:t>
       </w:r>
-      <w:r w:rsidR="000E1AF4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="000E1AF4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAEBA5A" w14:textId="77777777" w:rsidR="00821400" w:rsidRPr="004B1A1B" w:rsidRDefault="00821400" w:rsidP="00821400">
+    <w:p w14:paraId="5CAEBA5A" w14:textId="77777777" w:rsidR="00821400" w:rsidRPr="003B22DA" w:rsidRDefault="00821400" w:rsidP="00821400">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48084085" w14:textId="25676D37" w:rsidR="005904C4" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
+    <w:p w14:paraId="48084085" w14:textId="25676D37" w:rsidR="005904C4" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DID</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IAUSIAS LEISTINAS PAREIGYBI</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKAI</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Č</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IUS, S</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>RA</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Š</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>AS</w:t>
       </w:r>
-      <w:r w:rsidR="008A293C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008A293C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="008413A1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008413A1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">PAREIGYBIŲ </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>LYGIAI</w:t>
       </w:r>
-      <w:r w:rsidR="008A293C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008A293C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> IR GRUPĖS</w:t>
       </w:r>
-      <w:r w:rsidR="009A04BF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009A04BF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, PAREIGYBIŲ APRAŠYMAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2173DDA9" w14:textId="77777777" w:rsidR="008B764A" w:rsidRPr="004B1A1B" w:rsidRDefault="008B764A" w:rsidP="008B764A">
+    <w:p w14:paraId="2173DDA9" w14:textId="77777777" w:rsidR="008B764A" w:rsidRPr="003B22DA" w:rsidRDefault="008B764A" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3285FA3A" w14:textId="7CCC062A" w:rsidR="001633CA" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="008B764A">
+    <w:p w14:paraId="3285FA3A" w14:textId="7CCC062A" w:rsidR="001633CA" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005830C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005830C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>id</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iausi</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> leistin</w:t>
       </w:r>
-      <w:r w:rsidR="00336859" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00336859" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareigybi</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>skai</w:t>
       </w:r>
-      <w:r w:rsidR="005904C4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005904C4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>čių</w:t>
       </w:r>
-      <w:r w:rsidR="005830C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005830C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigoje</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005830C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005830C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sprendimu </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nustato ir tvirtina</w:t>
       </w:r>
-      <w:r w:rsidR="001633CA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001633CA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Šiaulių miesto savivaldybės taryba.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214EBBC1" w14:textId="51D5CCD6" w:rsidR="00C8534D" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="008B764A">
+    <w:p w14:paraId="214EBBC1" w14:textId="51D5CCD6" w:rsidR="00C8534D" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001633CA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001633CA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareigybi</w:t>
       </w:r>
-      <w:r w:rsidR="00C46FE2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C46FE2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> skai</w:t>
       </w:r>
-      <w:r w:rsidR="00C46FE2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C46FE2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>čių</w:t>
       </w:r>
-      <w:r w:rsidR="00B42481" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B42481" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir pareigybių </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C46FE2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C46FE2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ra</w:t>
       </w:r>
-      <w:r w:rsidR="00C46FE2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C46FE2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>šą</w:t>
       </w:r>
-      <w:r w:rsidR="006E1245" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006E1245" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nustato ir tvirtina </w:t>
       </w:r>
-      <w:r w:rsidR="00C46FE2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C46FE2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadov</w:t>
       </w:r>
-      <w:r w:rsidR="00821400" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00821400" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C46FE2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C46FE2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>sakym</w:t>
       </w:r>
-      <w:r w:rsidR="00521E8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00521E8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00F43098" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F43098" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, konsultuodamasis su Darbuotojų atstovais</w:t>
       </w:r>
-      <w:r w:rsidR="003B49AC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003B49AC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00FB57EA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FB57EA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pareigybių skaičius ir pareigybių sąrašas nustatomas naudojantis Lietuvos Respublikos ekonomikos ir inovacijų ministro patvirtintais Lietuvos profesijų klasifikatoriaus kodais, pritaikant profesijos pavadinimą konkrečiai pareigybei įvardyti</w:t>
       </w:r>
-      <w:r w:rsidR="00C8534D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C8534D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089306ED" w14:textId="161B72EA" w:rsidR="00933439" w:rsidRPr="004B1A1B" w:rsidRDefault="006265EE" w:rsidP="008B764A">
+    <w:p w14:paraId="089306ED" w14:textId="161B72EA" w:rsidR="00933439" w:rsidRPr="003B22DA" w:rsidRDefault="006265EE" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Nustatydamas</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00521E8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00521E8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos pareigybių skaičių, Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovaujasi </w:t>
       </w:r>
-      <w:r w:rsidR="00521E8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00521E8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių miesto savivaldybės tarybos </w:t>
       </w:r>
-      <w:r w:rsidR="00922BC6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00922BC6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>sprendimu</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidR="00521E8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00521E8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>l did</w:t>
       </w:r>
-      <w:r w:rsidR="00922BC6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00922BC6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iausio leistino pareigybi</w:t>
       </w:r>
-      <w:r w:rsidR="00922BC6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00922BC6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> skai</w:t>
       </w:r>
-      <w:r w:rsidR="00922BC6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00922BC6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>č</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iaus.</w:t>
       </w:r>
-      <w:r w:rsidR="00D9600D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D9600D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokytojų</w:t>
       </w:r>
-      <w:r w:rsidR="00211349" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00211349" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigybių skaičius nustatomas, atsižvelgiant į Įstatyme numatytus kriterijus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CC39F2" w14:textId="53AEEE93" w:rsidR="007903DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00C108E8" w:rsidP="008B764A">
+    <w:p w14:paraId="32CC39F2" w14:textId="53AEEE93" w:rsidR="007903DE" w:rsidRPr="003B22DA" w:rsidRDefault="00C108E8" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C856CD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C856CD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojai pagal savo pareigybę priskiriami atitinkamam pareigybės lygiui</w:t>
       </w:r>
-      <w:r w:rsidR="00751D68" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00751D68" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir pareigybių grupei</w:t>
       </w:r>
-      <w:r w:rsidR="00C856CD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C856CD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007903DE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007903DE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Darbuotojų pareigybės lygis priklauso nuo tai pareigybei būtino išsilavinimo</w:t>
       </w:r>
-      <w:r w:rsidR="005F688F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F688F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADB2CD1" w14:textId="5D4AC596" w:rsidR="00A017D5" w:rsidRPr="004B1A1B" w:rsidRDefault="007C2D87" w:rsidP="008B764A">
+    <w:p w14:paraId="7ADB2CD1" w14:textId="5D4AC596" w:rsidR="00A017D5" w:rsidRPr="003B22DA" w:rsidRDefault="007C2D87" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigo</w:t>
       </w:r>
-      <w:r w:rsidR="00377A80" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00377A80" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s Darbuotojų pareigybės gali būti keturių lygių</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BB886A" w14:textId="61A40062" w:rsidR="00C8682F" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
+    <w:p w14:paraId="02BB886A" w14:textId="61A40062" w:rsidR="00C8682F" w:rsidRPr="003B22DA" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>A lygio</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – pareigybės, kurioms būtinas ne žemesnis kaip aukštasis išsilavinimas:</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="part_999f983059464e3abdc7fa331ffa9edb"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="4C87D1F7" w14:textId="50B9C477" w:rsidR="00C8682F" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
+    <w:p w14:paraId="4C87D1F7" w14:textId="50B9C477" w:rsidR="00C8682F" w:rsidRPr="003B22DA" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>A1 lygio</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00A66652" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A66652" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigybės, kurioms būtinas ne žemesnis kaip aukštasis universitetinis išsilavinimas su magistro kvalifikaciniu laipsniu ar</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A66652" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A66652" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>jam lygiaverte aukštojo mokslo kvalifikacija</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="part_3cdaa86a127f45ba9ca9ae1d8c50ea96"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="705BC22F" w14:textId="4581C970" w:rsidR="00C8682F" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
+    <w:p w14:paraId="705BC22F" w14:textId="4581C970" w:rsidR="00C8682F" w:rsidRPr="003B22DA" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>A2 lygio</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00C02CF6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C02CF6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigybės, kurioms būtinas ne žemesnis kaip aukštasis universitetinis išsilavinimas su bakalauro kvalifikaciniu laipsniu ar</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C02CF6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C02CF6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>jam lygiaverte aukštojo mokslo kvalifikacija arba aukštasis koleginis išsilavinimas su profesinio bakalauro kvalifikaciniu laipsniu ar jam lygiaverte aukštojo mokslo kvalifikacija</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3545BA96" w14:textId="5224D1D4" w:rsidR="00C8682F" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
+    <w:p w14:paraId="1AFDFB9D" w14:textId="77777777" w:rsidR="003B22DA" w:rsidRPr="003B22DA" w:rsidRDefault="00C8682F" w:rsidP="003B22DA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="part_bda6ecf23f6e4455b65ed08d62f1e08b"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>B lygio</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00C02CF6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C02CF6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigybės, kurioms būtinas ne žemesnis kaip aukštesnysis išsilavinimas, įgytas iki 2009 metų, ar specialusis vidurinis išsilavinimas, įgytas iki 1995 metų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="part_a9635d0a635b4215ace9a592b4f2c367"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="62B72DB8" w14:textId="501C60C4" w:rsidR="00C8682F" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
+    <w:p w14:paraId="51870755" w14:textId="501D9C32" w:rsidR="009C2A53" w:rsidRPr="003B22DA" w:rsidRDefault="009C2A53" w:rsidP="003B22DA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...35 lines deleted...]
-    <w:p w14:paraId="6FF74262" w14:textId="6071E787" w:rsidR="00C8682F" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8682F" w:rsidP="008B764A">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>C lygio – pareigybės, kurioms būtinas ne žemesnis kaip vidurinis išsilavinimas ir (ar) įgyta kvalifikacija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9E35A4" w14:textId="67F44E39" w:rsidR="00B90BCC" w:rsidRPr="003B22DA" w:rsidRDefault="00B90BCC" w:rsidP="00B90BCC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...33 lines deleted...]
-    <w:p w14:paraId="47966435" w14:textId="58D9B497" w:rsidR="00A017D5" w:rsidRPr="004B1A1B" w:rsidRDefault="00A017D5" w:rsidP="008B764A">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>D lygio – pareigybės, kurioms netaikomi išsilavinimo ar kvalifikacijos reikalavimai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47966435" w14:textId="58D9B497" w:rsidR="00A017D5" w:rsidRPr="003B22DA" w:rsidRDefault="00A017D5" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Efektyviam DAS veikimui ir valdymui užtikrinti Įstaigoje patvirtinama Įstaigos pareigybių grupių struktūra. Pareigybių grupavimas nuo žemiausio iki aukščiausio atspindi sąlyginį kiekvienos pareigybės indėlį </w:t>
       </w:r>
-      <w:r w:rsidR="00752C6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00752C6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Į</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>staigos vertės kūrime, t. y. vaidmenį realizuojant Įstaigos veiklos tikslus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14813A9D" w14:textId="0A219073" w:rsidR="00104F0C" w:rsidRPr="004B1A1B" w:rsidRDefault="00104F0C" w:rsidP="008B764A">
+    <w:p w14:paraId="14813A9D" w14:textId="0A219073" w:rsidR="00104F0C" w:rsidRPr="003B22DA" w:rsidRDefault="00104F0C" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos Darbuotojų pareigybės skirstomos į šias </w:t>
       </w:r>
-      <w:r w:rsidR="00D2485E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D2485E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pareigybių </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>grupes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749811F9" w14:textId="351D5BA7" w:rsidR="00093E42" w:rsidRPr="004B1A1B" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
+    <w:p w14:paraId="749811F9" w14:textId="351D5BA7" w:rsidR="00093E42" w:rsidRPr="003B22DA" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>I grupė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadova</w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir j</w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pavaduotojai</w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Įstaigos vadovo ir jo pavaduotojų pareigybės </w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>priskiriamos A (A1 ar A2)</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>lygiui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A2F5BD" w14:textId="4ED5549F" w:rsidR="00093E42" w:rsidRPr="004B1A1B" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
+    <w:p w14:paraId="04A2F5BD" w14:textId="4ED5549F" w:rsidR="00093E42" w:rsidRPr="003B22DA" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>II grupė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="005A0F8B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005A0F8B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> struktūrinių padalinių vadovai, jų pavaduotojai, kiti pavaldžių darbuotojų turintys ar vadovaujantiems darbuotojams prilyginti specialistai (planuojantys, organizuojantys, koordinuojantys ir kontroliuojantys kitų asmenų atliekamą darbą ir jam vadovaujantys; planuojantys, organizuojantys, koordinuojantys ir kontroliuojantys finansinę, administracinę, su </w:t>
       </w:r>
-      <w:r w:rsidR="005A0F8B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005A0F8B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>žmogiškaisiais ištekliais, planavimu susijusią veiklą ir jai vadovaujantys)</w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>. Šios</w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareigybės priskiriamos A</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(A1 ar A2)</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE709F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE709F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arba B lygiui, atsižvelgiant į būtiną išsilavinimą toms pareigoms eiti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269A56D4" w14:textId="0782AF92" w:rsidR="00093E42" w:rsidRPr="004B1A1B" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
+    <w:p w14:paraId="269A56D4" w14:textId="0782AF92" w:rsidR="00093E42" w:rsidRPr="003B22DA" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>III grupė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00CF0095" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CF0095" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>specialistai</w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>. Jų</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0095" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CF0095" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareigybės priskiriamos A (A1 ar A2) arba B lygiui, atsižvelgiant į būtiną išsilavinimą toms pareigoms eiti. Mokytojų pareigybė priskiriama specialistų A2 lygio pareigybių grupei;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE8D074" w14:textId="2AE83188" w:rsidR="00093E42" w:rsidRPr="004B1A1B" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
+    <w:p w14:paraId="4EE8D074" w14:textId="2AE83188" w:rsidR="00093E42" w:rsidRPr="003B22DA" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IV grupė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="009E50E5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009E50E5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kvalifikuoti </w:t>
       </w:r>
-      <w:r w:rsidR="003E37B3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003E37B3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="009E50E5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009E50E5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojai</w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>. Jų</w:t>
       </w:r>
-      <w:r w:rsidR="009E50E5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009E50E5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareigybės priskiriamos C lygiui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7285B9E3" w14:textId="77B6A106" w:rsidR="009E50E5" w:rsidRPr="004B1A1B" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
+    <w:p w14:paraId="7285B9E3" w14:textId="77B6A106" w:rsidR="009E50E5" w:rsidRPr="003B22DA" w:rsidRDefault="009E1FD8" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>V grupė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="009E50E5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009E50E5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojai</w:t>
       </w:r>
-      <w:r w:rsidR="00093E42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00093E42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (darbininkai). Jų</w:t>
       </w:r>
-      <w:r w:rsidR="009E50E5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009E50E5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareigybės priskiriamos D lygiui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5E09D9" w14:textId="4A8CE2CA" w:rsidR="006265EE" w:rsidRPr="004B1A1B" w:rsidRDefault="009A04BF" w:rsidP="008B764A">
+    <w:p w14:paraId="2F5E09D9" w14:textId="4A8CE2CA" w:rsidR="006265EE" w:rsidRPr="003B22DA" w:rsidRDefault="009A04BF" w:rsidP="008B764A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00955146" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955146" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ar jo įgaliotas asmuo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tvirtina Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00522F87" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00522F87" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigybių sąraše</w:t>
       </w:r>
-      <w:r w:rsidR="00C64820" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C64820" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> esančių </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbuotojų pareigybės aprašymus, o Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareigybės aprašymą tvirtina </w:t>
       </w:r>
-      <w:r w:rsidR="000C4D52" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="000C4D52" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="004432B3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004432B3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>miesto meras</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rengiant Įstaigos Darbuotojų pareigybės aprašymus vadovaujamasi </w:t>
       </w:r>
-      <w:r w:rsidR="00262D82" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00262D82" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Socialinės apsaugos ir darbo ministro patvirtinta biudžetinių įstaigų dar</w:t>
       </w:r>
-      <w:r w:rsidR="00B14F74" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B14F74" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>buotojų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, išskyrus mokytojus, pareigybių aprašymo metodik</w:t>
       </w:r>
-      <w:r w:rsidR="00395CB8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00395CB8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>. Rengiant Įstaigos mokytojų pareigybių aprašymą</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vadovaujamasi </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Respublikos švietimo, mokslo ir sporto ministro patvirtinta mokytojų pareigybių aprašymo metodika.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF5374D" w14:textId="705CCF11" w:rsidR="005A5626" w:rsidRPr="004B1A1B" w:rsidRDefault="009A04BF" w:rsidP="008B764A">
+    <w:p w14:paraId="3C9676F0" w14:textId="339C971F" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="009A04BF" w:rsidP="00C50263">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D35E63" w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Įstaigos Darbuotojų pareigybės aprašymuose nurodoma: pareigybės pavadinimas, pareigybės grupė ir konkretus pareigybės lygis, specialieji reikalavimai, keliami atitinkamas pareigas einančiam darbuotojui (išsilavinimas, darbo patirtis,</w:t>
+      </w:r>
+      <w:r w:rsidR="003B22DA" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>kvalifikacija</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35E63" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar kiti specialieji reikalavimai</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>), pareigybei priskirtos funkcijos, o taip pat gali būti nurodom</w:t>
       </w:r>
-      <w:r w:rsidR="008052C5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008052C5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>a ir kita informacija (</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>privalomi kvalifikaciniai reikalavimai, gebėjimai ir pan</w:t>
       </w:r>
-      <w:r w:rsidR="006265EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006265EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EC307A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EC307A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9676F0" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="09DA7B58" w14:textId="77777777" w:rsidR="00C50263" w:rsidRPr="003B22DA" w:rsidRDefault="00C50263" w:rsidP="00C50263">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
-        <w:ind w:left="284"/>
+        <w:ind w:left="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01A1B866" w14:textId="5F2F772E" w:rsidR="00E3156E" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
+    <w:p w14:paraId="01A1B866" w14:textId="5F2F772E" w:rsidR="00E3156E" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DARBO U</w:t>
       </w:r>
-      <w:r w:rsidR="00612249" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00612249" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MOKES</w:t>
       </w:r>
-      <w:r w:rsidR="00612249" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00612249" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Č</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IO SANDARA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697F9ECD" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="697F9ECD" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="556E1E2D" w14:textId="4F2DB217" w:rsidR="00612249" w:rsidRPr="004B1A1B" w:rsidRDefault="00077C37" w:rsidP="00824790">
+    <w:p w14:paraId="556E1E2D" w14:textId="4F2DB217" w:rsidR="00612249" w:rsidRPr="003B22DA" w:rsidRDefault="00077C37" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos D</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotoj</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> užmokestį</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> sudaro: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E066B3" w14:textId="0521AAE0" w:rsidR="00FF2725" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA6938" w:rsidP="00824790">
+    <w:p w14:paraId="01E066B3" w14:textId="49AAD4DC" w:rsidR="00FF2725" w:rsidRPr="003B22DA" w:rsidRDefault="00D15C8F" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>areigin</w:t>
       </w:r>
-      <w:r w:rsidR="00077C37" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00077C37" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ė </w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>alga</w:t>
       </w:r>
-      <w:r w:rsidR="00304ADF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00304ADF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3AFAA2" w14:textId="7F4EF39D" w:rsidR="00C255C5" w:rsidRPr="004B1A1B" w:rsidRDefault="004C68AD" w:rsidP="00824790">
+    <w:p w14:paraId="6B3AFAA2" w14:textId="6BD7F039" w:rsidR="00C255C5" w:rsidRPr="003B22DA" w:rsidRDefault="00D15C8F" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="004B1A1B">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="004C68AD" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>riemoko</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1A1B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383ABAC0" w14:textId="1A2D7E94" w:rsidR="003641C6" w:rsidRPr="004B1A1B" w:rsidRDefault="003641C6" w:rsidP="00824790">
+    <w:p w14:paraId="383ABAC0" w14:textId="4954DB31" w:rsidR="003641C6" w:rsidRPr="003B22DA" w:rsidRDefault="00D15C8F" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00284A40" w:rsidRPr="004B1A1B">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="003641C6" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>iniginė išmoka</w:t>
+      </w:r>
+      <w:r w:rsidR="00284A40" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0019216D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0019216D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">už atliktą darbą, nustatyta šalių susitarimu ar mokama pagal darbo teisės normas ar </w:t>
       </w:r>
-      <w:r w:rsidR="00531D57" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00531D57" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>šią</w:t>
       </w:r>
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> DAS</w:t>
       </w:r>
-      <w:r w:rsidR="0019216D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0019216D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B933A06" w14:textId="01572DB6" w:rsidR="004C68AD" w:rsidRPr="004B1A1B" w:rsidRDefault="004C68AD" w:rsidP="00824790">
+    <w:p w14:paraId="4B933A06" w14:textId="109433CB" w:rsidR="004C68AD" w:rsidRPr="003B22DA" w:rsidRDefault="00D15C8F" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00866894" w:rsidRPr="004B1A1B">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004C68AD" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">okėjimas už darbą poilsio ir švenčių dienomis, nakties ir viršvalandinį darbą, </w:t>
+      </w:r>
+      <w:r w:rsidR="00866894" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbą, kai yra nukrypimų nuo normalių darbo sąlygų, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004C68AD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>budėjimą</w:t>
       </w:r>
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>šios DAS X skyrius</w:t>
       </w:r>
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004C68AD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699E4DF0" w14:textId="7C007796" w:rsidR="001B6943" w:rsidRPr="004B1A1B" w:rsidRDefault="00866894" w:rsidP="00824790">
+    <w:p w14:paraId="699E4DF0" w14:textId="5E286A2D" w:rsidR="001B6943" w:rsidRPr="003B22DA" w:rsidRDefault="00D15C8F" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00866894" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">intamoji dalis, jeigu ji numatyta </w:t>
+      </w:r>
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D05EB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D05EB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir skiriama </w:t>
       </w:r>
-      <w:r w:rsidR="009379E2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009379E2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00D05EB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D05EB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojui, atsižvelgiant į jo praėjusių metų veiklos vertinimą Įstatymo ir DAS nustatyta tvarka</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00866894" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6409BD59" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="6409BD59" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FB0036C" w14:textId="188B04AA" w:rsidR="00917389" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
+    <w:p w14:paraId="0FB0036C" w14:textId="188B04AA" w:rsidR="00917389" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00AB054F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PAREIGIN</w:t>
       </w:r>
-      <w:r w:rsidR="00917389" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00917389" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ė</w:t>
       </w:r>
-      <w:r w:rsidR="00207863" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00207863" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ALGA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196BD60D" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="196BD60D" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18DC109D" w14:textId="6B116B58" w:rsidR="007765EC" w:rsidRPr="004B1A1B" w:rsidRDefault="00207863" w:rsidP="00824790">
+    <w:p w14:paraId="18DC109D" w14:textId="6B116B58" w:rsidR="007765EC" w:rsidRPr="003B22DA" w:rsidRDefault="00207863" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos Darbuotojų pareiginė alga</w:t>
       </w:r>
-      <w:r w:rsidR="007765EC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007765EC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007765EC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007765EC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nustatoma vadovaujantis Įstatymo bei šios DAS nuostatomis, sulygstama</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> su Įstaigos darbuotoju sudaromoje darbo sutartyje</w:t>
       </w:r>
-      <w:r w:rsidR="007765EC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007765EC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D2F7C4" w14:textId="77777777" w:rsidR="007765EC" w:rsidRPr="004B1A1B" w:rsidRDefault="00853AE5" w:rsidP="00824790">
+    <w:p w14:paraId="18D2F7C4" w14:textId="77777777" w:rsidR="007765EC" w:rsidRPr="003B22DA" w:rsidRDefault="00853AE5" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pareiginė alga apskaičiuojama pareiginės algos koeficientą dauginant iš pareiginės algos (atlyginimo) bazinio dydžio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA260AA" w14:textId="300B70E6" w:rsidR="00917389" w:rsidRPr="004B1A1B" w:rsidRDefault="00853AE5" w:rsidP="00824790">
+    <w:p w14:paraId="0AA260AA" w14:textId="555E9B11" w:rsidR="00917389" w:rsidRPr="003B22DA" w:rsidRDefault="00697466" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...8 lines deleted...]
-    <w:p w14:paraId="04D49885" w14:textId="592ED73B" w:rsidR="00A13A65" w:rsidRPr="004B1A1B" w:rsidRDefault="007765EC" w:rsidP="00824790">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Pareiginės algos koeficiento vienetas yra Lietuvos Respublikos pareiginės algos (atlyginimo) bazinio dydžio nustatymo įstatyme nustatytas pareiginės algos (atlyginimo) bazinis dydis. Pareiginė alga apskaičiuojama pareiginės algos koeficientą dauginant iš pareiginės algos (atlyginimo) bazinio dydžio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D49885" w14:textId="592ED73B" w:rsidR="00A13A65" w:rsidRPr="003B22DA" w:rsidRDefault="007765EC" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos darbuotojo pareiginės algos koeficientą pagal šioje DAS numatytus kriterijus ir koeficientų dydžius nustato Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446EE096" w14:textId="23BA177E" w:rsidR="00766689" w:rsidRPr="004B1A1B" w:rsidRDefault="00766689" w:rsidP="00824790">
+    <w:p w14:paraId="446EE096" w14:textId="23BA177E" w:rsidR="00766689" w:rsidRPr="003B22DA" w:rsidRDefault="00766689" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos pavaduotojų ugdymui pareiginės algos koeficientai nustatomi </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS </w:t>
       </w:r>
-      <w:r w:rsidR="00385601" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00385601" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>priede</w:t>
       </w:r>
-      <w:r w:rsidR="00385601" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00385601" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, vadovaujantis Įstatymu, atsižvelgiant į Įstaigoje ugdomų mokinių skaičių, pedagoginio darbo stažą ir veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5D8D30" w14:textId="1EBE0277" w:rsidR="00A13A65" w:rsidRPr="004B1A1B" w:rsidRDefault="00A13A65" w:rsidP="00824790">
+    <w:p w14:paraId="7C5D8D30" w14:textId="1EBE0277" w:rsidR="00A13A65" w:rsidRPr="003B22DA" w:rsidRDefault="00A13A65" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Mokytojų (išskyrus trenerius) ir </w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">auklėtojų, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pagalbos mokiniui specialistų pareiginės algos koeficientų dydžiai bei pareiginės algos koeficientų nustatymo kriterijai nurodomi </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS pried</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>uose</w:t>
       </w:r>
-      <w:r w:rsidR="00385601" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00385601" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00385601" w:rsidRPr="004B1A1B">
+        <w:t xml:space="preserve"> Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="001472C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5, 6</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovaujantis Įstatymu, atsižvelgiant į </w:t>
       </w:r>
-      <w:r w:rsidR="00766689" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00766689" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šių Darbuotojų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pedagoginio darbo stažą, kvalifikacinę kategoriją ir veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7783FD9E" w14:textId="014C6CE2" w:rsidR="0008382E" w:rsidRPr="004B1A1B" w:rsidRDefault="0008382E" w:rsidP="00824790">
+    <w:p w14:paraId="7783FD9E" w14:textId="014C6CE2" w:rsidR="0008382E" w:rsidRPr="003B22DA" w:rsidRDefault="0008382E" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojų darbo krūvio sandara nustatoma DAS priede Nr. 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7058324D" w14:textId="4A06CA99" w:rsidR="00A13A65" w:rsidRPr="004B1A1B" w:rsidRDefault="00A13A65" w:rsidP="00824790">
+    <w:p w14:paraId="7058324D" w14:textId="4A06CA99" w:rsidR="00A13A65" w:rsidRPr="003B22DA" w:rsidRDefault="00A13A65" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokykl</w:t>
       </w:r>
-      <w:r w:rsidR="00766689" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00766689" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymą organizuojančių skyrių vedėjų pareiginės algos koeficientai nustatomi </w:t>
       </w:r>
-      <w:r w:rsidR="00C6629E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C6629E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
-      <w:r w:rsidR="0056628A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0056628A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C6629E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C6629E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>priede</w:t>
       </w:r>
-      <w:r w:rsidR="0056628A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0056628A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="001472C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001472C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C6629E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C6629E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, vadovaujantis Įstatymu, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>atsižvelgiant į pedagoginio darbo stažą ir veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072D1352" w14:textId="2392827D" w:rsidR="00BD6F8C" w:rsidRPr="004B1A1B" w:rsidRDefault="00C3069F" w:rsidP="00824790">
+    <w:p w14:paraId="76154996" w14:textId="77777777" w:rsidR="003B22DA" w:rsidRPr="003B22DA" w:rsidRDefault="00C3069F" w:rsidP="003B22DA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kitų Įstaigos Darbuotojų, išskyrus Įstaigos vadovą, mokyklų vadovų pavaduotojus ugdymui, mokyklų ugdymą organizuojančių skyrių vedėjus, mokytojus, (išskyrus trenerius), taip pat </w:t>
       </w:r>
-      <w:r w:rsidR="005A5626" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005A5626" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priešmokyklinio ugdymo pedagogus, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">specialiuosius pedagogus, logopedus, karjeros specialistus, psichologus, socialinius pedagogus, auklėtojus pareiginė alga nustatoma iš </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS pried</w:t>
       </w:r>
-      <w:r w:rsidR="001472C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001472C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0056628A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0056628A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="001472C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001472C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F2B2F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009F2B2F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="0056628A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0056628A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareigybei nustatyto pareiginės algos koeficientų intervalo</w:t>
       </w:r>
-      <w:r w:rsidR="0028669D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0028669D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6F8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BD6F8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos darbuotojo pareiginės algos koeficientą pagal </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6F8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BD6F8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS priede</w:t>
       </w:r>
-      <w:r w:rsidR="0056628A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0056628A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="009F2B2F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009F2B2F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00BD6F8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BD6F8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> numatytus kriterijus ir koeficientų dydžius nustato Įstaigos vadovas kaip darbuotoją į pareigas priimantis asmuo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C7AAEE" w14:textId="7A28D169" w:rsidR="008A4257" w:rsidRPr="004B1A1B" w:rsidRDefault="008A4257" w:rsidP="00824790">
+    <w:p w14:paraId="7EECD5B7" w14:textId="37CAB1D7" w:rsidR="003F6102" w:rsidRPr="003B22DA" w:rsidRDefault="003F6102" w:rsidP="003B22DA">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...8 lines deleted...]
-    <w:p w14:paraId="238CBF7A" w14:textId="58A931C1" w:rsidR="007765EC" w:rsidRPr="004B1A1B" w:rsidRDefault="007765EC" w:rsidP="00824790">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>A1 lygio pareigybių pareiginės algos koeficientai darbo apmokėjimo sistemoje nustatyta tvarka didinami 20 procentų, palyginti su to paties lygmens (pakopos) pareigybėmis, kurių pagal pareigybės aprašymą priskirtoms funkcijoms atlikti magistro kvalifikacinio laipsnio nereikalaujama (išskyrus biudžetinių įstaigų vadovus). Jeigu įstaigoje nėra kitų to paties lygmens (pakopos) pareigybių, su kuriomis galėtų būti lyginamos A1 lygio pareigybės, A1 lygio pareigybių pareiginės algos koeficientai darbo apmokėjimo sistemoje nustatyta tvarka didinami 20 procentų, palyginti su žemesnio lygmens (pakopos) pareigybėmis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238CBF7A" w14:textId="58A931C1" w:rsidR="007765EC" w:rsidRPr="003B22DA" w:rsidRDefault="007765EC" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Darbininkų pareiginė alga negali būti mažesnė negu Vyriausybės patvirtinta minimali mėnesinė alga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734E6EB1" w14:textId="53818B2E" w:rsidR="007765EC" w:rsidRPr="004B1A1B" w:rsidRDefault="00234D5A" w:rsidP="00824790">
+    <w:p w14:paraId="734E6EB1" w14:textId="53818B2E" w:rsidR="007765EC" w:rsidRPr="003B22DA" w:rsidRDefault="00234D5A" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo apmokėjimo sąlygas, </w:t>
       </w:r>
-      <w:r w:rsidR="002E7C7E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002E7C7E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pareiginės algos pastoviąją dalį koeficientais nustato </w:t>
       </w:r>
-      <w:r w:rsidR="008A4257" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008A4257" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Šiaulių miesto meras</w:t>
       </w:r>
-      <w:r w:rsidR="002E7C7E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002E7C7E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768AE786" w14:textId="77777777" w:rsidR="00E5153C" w:rsidRPr="004B1A1B" w:rsidRDefault="00E5153C" w:rsidP="00824790">
+    <w:p w14:paraId="768AE786" w14:textId="77777777" w:rsidR="00E5153C" w:rsidRPr="003B22DA" w:rsidRDefault="00E5153C" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Nustatyto pareiginės algos koeficiento keitimas (nustatymas iš naujo):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="035C8B02" w14:textId="494D9A7D" w:rsidR="00C07EC0" w:rsidRPr="004B1A1B" w:rsidRDefault="007765EC" w:rsidP="00824790">
+    <w:p w14:paraId="035C8B02" w14:textId="494D9A7D" w:rsidR="00C07EC0" w:rsidRPr="003B22DA" w:rsidRDefault="007765EC" w:rsidP="00824790">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojų (išskyrus trenerius), pagalbos mokiniui specialistų, mokyklų vadovų, jų pavaduotojų ugdymui, ugdymą organizuojančių skyrių vedėjų, kurių darbas laikomas pedagoginiu,</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pareiginės algos koeficientas keičiamas (nustatomas iš naujo), pasikeitus darbuotojo pareiginės algos koeficiento nustatymo kriterijams, nurodytiems </w:t>
       </w:r>
-      <w:r w:rsidR="00A13A65" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A13A65" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
-      <w:r w:rsidR="00BD6F8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BD6F8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A13A65" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A13A65" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pried</w:t>
       </w:r>
-      <w:r w:rsidR="007306AC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007306AC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>uose</w:t>
       </w:r>
-      <w:r w:rsidR="00BD6F8C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BD6F8C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="007306AC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007306AC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2 – </w:t>
       </w:r>
-      <w:r w:rsidR="001472C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001472C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00A13A65" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A13A65" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, nustatomiems atsižvelgiant į Įstatymo nuostatas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2F3920" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="5A2F3920" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A62C583" w14:textId="1E6C6C61" w:rsidR="00124F51" w:rsidRPr="004B1A1B" w:rsidRDefault="00124F51" w:rsidP="00AB054F">
+    <w:p w14:paraId="7A62C583" w14:textId="1E6C6C61" w:rsidR="00124F51" w:rsidRPr="003B22DA" w:rsidRDefault="00124F51" w:rsidP="00AB054F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>VEIKLOS VERTINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D4635C" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="46D4635C" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="261C53EA" w14:textId="2E443E64" w:rsidR="00901B80" w:rsidRPr="004B1A1B" w:rsidRDefault="001E7EDA" w:rsidP="00342BEF">
+    <w:p w14:paraId="261C53EA" w14:textId="2E443E64" w:rsidR="00901B80" w:rsidRPr="003B22DA" w:rsidRDefault="001E7EDA" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Vertinama Įstaigos Darbuotojų,</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>išskyrus mokytojus, pagalbos mokiniui specialistus ir darbininkus, praėjusių kalendorinių metų veikla.</w:t>
       </w:r>
-      <w:r w:rsidR="00AC59AC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AC59AC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6839FB26" w14:textId="3CE79084" w:rsidR="004F7960" w:rsidRPr="004B1A1B" w:rsidRDefault="009B0D32" w:rsidP="00342BEF">
+    <w:p w14:paraId="6839FB26" w14:textId="3CE79084" w:rsidR="004F7960" w:rsidRPr="003B22DA" w:rsidRDefault="009B0D32" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00901B80" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00901B80" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">avaduotojų ugdymui, ugdymą organizuojančių skyrių vedėjų veiklos vertinimas atliekamas vadovaujantis Lietuvos Respublikos švietimo, mokslo ir sporto ministro patvirtintu veiklos vertinimo tvarkos aprašu. Kitų Įstaigos darbuotojų praėjusių kalendorinių metų veikla vertinama vadovaujantis Vyriausybės ar jos įgaliotos institucijos patvirtintu biudžetinių įstaigos darbuotojų veiklos vertinimo tvarkos aprašu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268BD422" w14:textId="19180B2D" w:rsidR="00F04456" w:rsidRPr="004B1A1B" w:rsidRDefault="00F04456" w:rsidP="00342BEF">
+    <w:p w14:paraId="268BD422" w14:textId="19180B2D" w:rsidR="00F04456" w:rsidRPr="003B22DA" w:rsidRDefault="00F04456" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk154570103"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="6" w:name="_Hlk154570103"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos Darbuotojų</w:t>
       </w:r>
-      <w:r w:rsidR="009103AB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009103AB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> veikla</w:t>
       </w:r>
-      <w:r w:rsidR="009B0D32" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009B0D32" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vertinama, jeigu pastarieji ne trumpiau kaip 6 mėnesius per kalendorinius metus, kurių veikla vertinama, </w:t>
       </w:r>
-      <w:r w:rsidR="00EC292C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EC292C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>eina darbuotojo pareigas toje įstaigoje, kurioje yra vertinama jo veikla</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="5DD0FCB6" w14:textId="77777777" w:rsidR="00417DA7" w:rsidRPr="004B1A1B" w:rsidRDefault="00F04456" w:rsidP="00342BEF">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="5DD0FCB6" w14:textId="77777777" w:rsidR="00417DA7" w:rsidRPr="003B22DA" w:rsidRDefault="00F04456" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos Darbuotojų veiklą vertina tiesioginiai jų vadovai. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A4DCFF" w14:textId="644E6A54" w:rsidR="00A83BF3" w:rsidRPr="004B1A1B" w:rsidRDefault="00A83BF3" w:rsidP="00342BEF">
+    <w:p w14:paraId="55A4DCFF" w14:textId="644E6A54" w:rsidR="00A83BF3" w:rsidRPr="003B22DA" w:rsidRDefault="00A83BF3" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Vertinam</w:t>
       </w:r>
-      <w:r w:rsidR="009B0D32" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009B0D32" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos Darbuotojai turi teisę kviesti Darbuotojų atstovą dalyvauti tiesioginiam vadovui vertinant jų veiklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C16316" w14:textId="06771007" w:rsidR="00C62279" w:rsidRPr="004B1A1B" w:rsidRDefault="00A83BF3" w:rsidP="00342BEF">
+    <w:p w14:paraId="45C16316" w14:textId="06771007" w:rsidR="00C62279" w:rsidRPr="003B22DA" w:rsidRDefault="00A83BF3" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00C62279" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C62279" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iesioginis įstaigos darbuotojo vadovas darbuotojo veiklą gali įvertinti taip:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270315F1" w14:textId="045BAB75" w:rsidR="00C62279" w:rsidRPr="004B1A1B" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
+    <w:p w14:paraId="270315F1" w14:textId="045BAB75" w:rsidR="00C62279" w:rsidRPr="003B22DA" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> viršijanti lūkesčius;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6D74F3" w14:textId="4BCD647F" w:rsidR="00C62279" w:rsidRPr="004B1A1B" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
+    <w:p w14:paraId="3C6D74F3" w14:textId="4BCD647F" w:rsidR="00C62279" w:rsidRPr="003B22DA" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> atitinkanti lūkesčius;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2C632C" w14:textId="2195306F" w:rsidR="00C62279" w:rsidRPr="004B1A1B" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
+    <w:p w14:paraId="4E2C632C" w14:textId="2195306F" w:rsidR="00C62279" w:rsidRPr="003B22DA" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> iš dalies atitinkanti lūkesčius;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309777FE" w14:textId="20AE97D0" w:rsidR="00C62279" w:rsidRPr="004B1A1B" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
+    <w:p w14:paraId="309777FE" w14:textId="20AE97D0" w:rsidR="00C62279" w:rsidRPr="003B22DA" w:rsidRDefault="00C62279" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> neatitinkanti lūkesčių</w:t>
       </w:r>
-      <w:r w:rsidR="00A83BF3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A83BF3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0139B215" w14:textId="77777777" w:rsidR="00990D83" w:rsidRPr="004B1A1B" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
+    <w:p w14:paraId="0139B215" w14:textId="77777777" w:rsidR="00990D83" w:rsidRPr="003B22DA" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įvertinus praėjusių kalendorinių metų įstaigos darbuotojo veiklą kaip viršijančią lūkesčius</w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00AF7905" w:rsidRPr="004B1A1B">
-[...16 lines deleted...]
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF7905" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>jei visos planuotos užduotys įvykdytos laiku ir viršyti visi sutartiniai vertinimo rodikliai; atliktos užduotys, orientuotos į įstaigos veiklos pokytį ar proceso tobulinimą; įstaigos veiklos administravimo veikloje pasiekta puikių rezultatų; puikiai gebama atlikti pareigybės aprašyme nustatytas funkcijas</w:t>
+      </w:r>
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AFFEE0" w14:textId="77777777" w:rsidR="00990D83" w:rsidRPr="004B1A1B" w:rsidRDefault="00AF7905" w:rsidP="00342BEF">
+    <w:p w14:paraId="39AFFEE0" w14:textId="537DE5E1" w:rsidR="00990D83" w:rsidRPr="003B22DA" w:rsidRDefault="00AF7905" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>įstaigos darbuotojui nustatoma 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E94">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procentų pareiginės algos dydžio kintamoji dalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071D3484" w14:textId="7CADFC2B" w:rsidR="00E122D4" w:rsidRPr="004B1A1B" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
+    <w:p w14:paraId="071D3484" w14:textId="7CADFC2B" w:rsidR="00E122D4" w:rsidRPr="003B22DA" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įstaigos darbuotojui </w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">papildomai </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gali būti taikomos VII skyriuje nustatytos skatinimo priemonės</w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5CBCAE" w14:textId="77777777" w:rsidR="00990D83" w:rsidRPr="004B1A1B" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
+    <w:p w14:paraId="3B5CBCAE" w14:textId="77777777" w:rsidR="00990D83" w:rsidRPr="003B22DA" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įvertinus praėjusių kalendorinių metų įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="009B0D32" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009B0D32" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklą kaip atitinkančią lūkesčius, </w:t>
       </w:r>
-      <w:r w:rsidR="00AF7905" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF7905" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jei visos planuotos užduotys įvykdytos laiku; atliktos užduotys, orientuotos į įstaigos veiklos pokytį ar proceso tobulinimą; įstaigos veiklos administravimo veikloje pasiekta gerų rezultatų; </w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gerai</w:t>
       </w:r>
-      <w:r w:rsidR="00AF7905" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF7905" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> gebama atlikti pareigybės aprašyme nustatytas funkcijas</w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F3931E" w14:textId="77777777" w:rsidR="00990D83" w:rsidRPr="004B1A1B" w:rsidRDefault="00990D83" w:rsidP="00342BEF">
+    <w:p w14:paraId="46F3931E" w14:textId="576F46C8" w:rsidR="00990D83" w:rsidRPr="003B22DA" w:rsidRDefault="00990D83" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF7905" w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF7905" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įstaigos darbuotojui nustatoma </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E94">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7905" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procentų pareiginės algos dydžio kintamoji dalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C74AAA" w14:textId="5F9A8BD7" w:rsidR="00990D83" w:rsidRPr="004B1A1B" w:rsidRDefault="00990D83" w:rsidP="00342BEF">
+    <w:p w14:paraId="06C74AAA" w14:textId="5F9A8BD7" w:rsidR="00990D83" w:rsidRPr="003B22DA" w:rsidRDefault="00990D83" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>įstaigos darbuotojui papildomai gali būti taikomos VII skyriuje nustatytos skatinimo priemonės.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CDBCEC" w14:textId="56E39DE8" w:rsidR="00D722F2" w:rsidRPr="004B1A1B" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
+    <w:p w14:paraId="08CDBCEC" w14:textId="56E39DE8" w:rsidR="00D722F2" w:rsidRPr="003B22DA" w:rsidRDefault="00E122D4" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įvertinus praėjusių kalendorinių metų </w:t>
       </w:r>
-      <w:r w:rsidR="009B0D32" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009B0D32" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklą kaip iš dalies atitinkančią lūkesčius, jo teisinė padėtis nesikeičia, tačiau </w:t>
       </w:r>
-      <w:r w:rsidR="009B0D32" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009B0D32" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojui</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatomas privalomas kvalifikacijos tobulinimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB9469E" w14:textId="3B3E32F8" w:rsidR="00E56609" w:rsidRPr="004B1A1B" w:rsidRDefault="00E56609" w:rsidP="00342BEF">
+    <w:p w14:paraId="2FB9469E" w14:textId="3B3E32F8" w:rsidR="00E56609" w:rsidRPr="003B22DA" w:rsidRDefault="00E56609" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Priklausomai nuo Įstaigos darbuotojo veiklos vertinimo rezultatų, gali keistis jų teisinė padėtis Įstatymo numatyta tvarka. Atsižvelgiant į Įstaigos darbuotojo veiklos vertinimo rezultatus,</w:t>
       </w:r>
-      <w:r w:rsidR="001436F2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001436F2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovaujantis Įstatymo nuostatomis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> gali būti keičiamas </w:t>
       </w:r>
-      <w:r w:rsidR="001436F2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001436F2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">(didinamas arba mažinamas) </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos darbuotojo pareiginės algos koeficientas</w:t>
       </w:r>
-      <w:r w:rsidR="001436F2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001436F2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1860F052" w14:textId="4DF54EAB" w:rsidR="001436F2" w:rsidRPr="004B1A1B" w:rsidRDefault="001436F2" w:rsidP="00342BEF">
+    <w:p w14:paraId="1860F052" w14:textId="4DF54EAB" w:rsidR="001436F2" w:rsidRPr="003B22DA" w:rsidRDefault="001436F2" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Neeilinis Įstaigos darbuotojo veiklos vertinimas gali būti atliekamas Įstatymo nustatytais atvejais ir jame numatyta tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C5ABDF" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="31C5ABDF" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C1CDF70" w14:textId="6173E076" w:rsidR="00124F51" w:rsidRPr="004B1A1B" w:rsidRDefault="00124F51" w:rsidP="00D518DE">
+    <w:p w14:paraId="4C1CDF70" w14:textId="6173E076" w:rsidR="00124F51" w:rsidRPr="003B22DA" w:rsidRDefault="00124F51" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PRIEMOKOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F644C70" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="004B1A1B" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
+    <w:p w14:paraId="6F644C70" w14:textId="77777777" w:rsidR="00D518DE" w:rsidRPr="003B22DA" w:rsidRDefault="00D518DE" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72818269" w14:textId="29986BCE" w:rsidR="00161D02" w:rsidRPr="004B1A1B" w:rsidRDefault="00161D02" w:rsidP="00342BEF">
+    <w:p w14:paraId="72818269" w14:textId="29986BCE" w:rsidR="00161D02" w:rsidRPr="003B22DA" w:rsidRDefault="00161D02" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS nustato</w:t>
       </w:r>
-      <w:r w:rsidR="00916192" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00916192" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F60DB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004F60DB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>skiriamų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priemok</w:t>
       </w:r>
-      <w:r w:rsidR="004F60DB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004F60DB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>sąrašą,</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> neviršijant įstaigos darbo užmokesčiui skirtų lėšų,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> konkrečius skiriamų priemokų dydžius (dydžių intervalus) pagal atskirus kriterijus, priemokų sumavimo taisykles ir kitas priemokų skyrimo sąlygas, kad būtų užtikrinti</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">teisingo </w:t>
       </w:r>
-      <w:r w:rsidR="00797A95" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00797A95" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ap</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokėjimo už darbą,</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vienodo atlyginimo už tokį patį ar lygiavertį darbą</w:t>
       </w:r>
-      <w:r w:rsidR="00797A95" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00797A95" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> principai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CD03D8" w14:textId="789CA0B4" w:rsidR="0049535F" w:rsidRPr="004B1A1B" w:rsidRDefault="0049535F" w:rsidP="00342BEF">
+    <w:p w14:paraId="49CD03D8" w14:textId="789CA0B4" w:rsidR="0049535F" w:rsidRPr="003B22DA" w:rsidRDefault="0049535F" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos d</w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojui</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gali būti skiriamos šios priemokos:</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="part_b2d6e284b9f64b1eaff10fe76899319e"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2EECF658" w14:textId="100C2B5D" w:rsidR="00D96A1A" w:rsidRPr="004B1A1B" w:rsidRDefault="003C4222" w:rsidP="00342BEF">
+      <w:bookmarkStart w:id="7" w:name="part_b2d6e284b9f64b1eaff10fe76899319e"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="2EECF658" w14:textId="100C2B5D" w:rsidR="00D96A1A" w:rsidRPr="003B22DA" w:rsidRDefault="003C4222" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>už pavadavimą, kai raštu pavedama laikinai atlikti kito darbuotojo pareigybei nustatytas funkcijas</w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="part_e4400a5164394422b039a4c39aecd470"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="0DAC9DF3" w14:textId="469EBBCD" w:rsidR="00D96A1A" w:rsidRPr="004B1A1B" w:rsidRDefault="004817B8" w:rsidP="00342BEF">
+      <w:bookmarkStart w:id="8" w:name="part_e4400a5164394422b039a4c39aecd470"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="0DAC9DF3" w14:textId="469EBBCD" w:rsidR="00D96A1A" w:rsidRPr="003B22DA" w:rsidRDefault="004817B8" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>už papildomų raštu suformuluotų užduočių atlikimą, kai dėl to viršijamas įprastas darbo krūvis arba kai atliekamos pareigybės aprašyme nenumatytos funkcijos</w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="part_477a0fc5974c47428ec69f13de8e0a54"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D0CBD15" w14:textId="4C3AD356" w:rsidR="004D4D17" w:rsidRPr="004B1A1B" w:rsidRDefault="004817B8" w:rsidP="00342BEF">
+      <w:bookmarkStart w:id="9" w:name="part_477a0fc5974c47428ec69f13de8e0a54"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="6D0CBD15" w14:textId="4C3AD356" w:rsidR="004D4D17" w:rsidRPr="003B22DA" w:rsidRDefault="004817B8" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>už įprastą darbo krūvį viršijančią veiklą, kai yra padidėjęs darbų mastas, atliekant pareigybės aprašyme nustatytas funkcijas, bet neviršijama nustatyta darbo laiko trukmė</w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D16A9EC" w14:textId="73421E85" w:rsidR="00F04456" w:rsidRPr="004B1A1B" w:rsidRDefault="004D4D17" w:rsidP="00342BEF">
+    <w:p w14:paraId="2D16A9EC" w14:textId="73421E85" w:rsidR="00F04456" w:rsidRPr="003B22DA" w:rsidRDefault="004D4D17" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="part_9aadecb466314099a73a275c5de5ed9a"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="10" w:name="part_9aadecb466314099a73a275c5de5ed9a"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kiekviena priemoka, nurodyta </w:t>
       </w:r>
-      <w:r w:rsidR="00402F93" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00402F93" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F31F46" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F31F46" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00982BF1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982BF1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. – </w:t>
       </w:r>
-      <w:r w:rsidR="00402F93" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00402F93" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F31F46" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F31F46" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00982BF1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982BF1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.3. punktuose</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, negali būti mažesnė kaip 10 procentų </w:t>
       </w:r>
-      <w:r w:rsidR="00982BF1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982BF1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos darbuotojo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareiginės algos</w:t>
       </w:r>
-      <w:r w:rsidR="00AA412F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AA412F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00660CF7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00660CF7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Konkre</w:t>
       </w:r>
-      <w:r w:rsidR="002C36BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002C36BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tūs atitinkamos </w:t>
       </w:r>
-      <w:r w:rsidR="00660CF7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00660CF7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>priemok</w:t>
       </w:r>
-      <w:r w:rsidR="002C36BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002C36BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
-      <w:r w:rsidR="00660CF7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00660CF7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dydžių intervalai </w:t>
       </w:r>
-      <w:r w:rsidR="005B653A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005B653A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nurodomi </w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B1B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED2B1B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šios </w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B1B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED2B1B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS priede Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00986B68" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00986B68" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B1B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED2B1B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4792EC8C" w14:textId="1A0F6CB1" w:rsidR="00F04456" w:rsidRPr="004B1A1B" w:rsidRDefault="00AA412F" w:rsidP="00342BEF">
+    <w:p w14:paraId="4792EC8C" w14:textId="1A0F6CB1" w:rsidR="00F04456" w:rsidRPr="003B22DA" w:rsidRDefault="00AA412F" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Vienam Įstaigos darbuotojui vienu metu gali būti skiriamos </w:t>
       </w:r>
-      <w:r w:rsidR="00F83CF0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F83CF0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kelios priemokos pagal kiekvieną iš </w:t>
       </w:r>
-      <w:r w:rsidR="00402F93" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00402F93" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F31F46" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F31F46" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00F83CF0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F83CF0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. – </w:t>
       </w:r>
-      <w:r w:rsidR="00402F93" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00402F93" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F31F46" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F31F46" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00F83CF0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F83CF0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.3. punktuose nurodytų kriterijų, tačiau</w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00982BF1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982BF1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priemokų </w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>suma negali viršyti 80</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">procentų </w:t>
       </w:r>
-      <w:r w:rsidR="0039188D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0039188D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00982BF1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982BF1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbuotojo </w:t>
       </w:r>
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareiginės algos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5054AB" w14:textId="7B2BA655" w:rsidR="00F04456" w:rsidRPr="004B1A1B" w:rsidRDefault="003D0088" w:rsidP="00342BEF">
+    <w:p w14:paraId="3F5054AB" w14:textId="7B2BA655" w:rsidR="00F04456" w:rsidRPr="003B22DA" w:rsidRDefault="003D0088" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Konkretų</w:t>
       </w:r>
-      <w:r w:rsidR="0033641F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0033641F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigos darbuotojui mokėtiną</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priemokos </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="part_c2ed745c4e664ff0b619cfa86550d394"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D4D17" w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="11" w:name="part_c2ed745c4e664ff0b619cfa86550d394"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="004D4D17" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dydį nustato </w:t>
       </w:r>
-      <w:r w:rsidR="008B7FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008B7FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
-      <w:r w:rsidR="008B7FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008B7FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymu</w:t>
       </w:r>
-      <w:r w:rsidR="002B4FCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002B4FCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542B176C" w14:textId="138E13ED" w:rsidR="00AB1027" w:rsidRPr="004B1A1B" w:rsidRDefault="00381494" w:rsidP="00342BEF">
+    <w:p w14:paraId="542B176C" w14:textId="138E13ED" w:rsidR="00AB1027" w:rsidRPr="003B22DA" w:rsidRDefault="00381494" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Priemoka skiriama terminuotai, nurodant konkretų laikotarpį, už kurį skiriama priemoka, </w:t>
       </w:r>
-      <w:r w:rsidR="00702715" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00702715" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">taip pat nurodant kokiu </w:t>
       </w:r>
-      <w:r w:rsidR="00402F93" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00402F93" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F31F46" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F31F46" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00702715" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00702715" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. – </w:t>
       </w:r>
-      <w:r w:rsidR="00402F93" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00402F93" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F31F46" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F31F46" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00702715" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00702715" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.3. punktuose numatytu pagrindu ir už kokius veiksmus</w:t>
       </w:r>
-      <w:r w:rsidR="00CD613E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CD613E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priemoka yra skiriama. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8F8ACF" w14:textId="77777777" w:rsidR="00342BEF" w:rsidRPr="004B1A1B" w:rsidRDefault="00342BEF" w:rsidP="00342BEF">
+    <w:p w14:paraId="7B8F8ACF" w14:textId="77777777" w:rsidR="00342BEF" w:rsidRPr="003B22DA" w:rsidRDefault="00342BEF" w:rsidP="00342BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="742BFC47" w14:textId="77777777" w:rsidR="00342BEF" w:rsidRPr="004B1A1B" w:rsidRDefault="00342BEF" w:rsidP="00342BEF">
+    <w:p w14:paraId="742BFC47" w14:textId="77777777" w:rsidR="00342BEF" w:rsidRPr="003B22DA" w:rsidRDefault="00342BEF" w:rsidP="00342BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D92C00C" w14:textId="79169002" w:rsidR="006B4E20" w:rsidRPr="004B1A1B" w:rsidRDefault="006B4E20" w:rsidP="00AB054F">
+    <w:p w14:paraId="5D92C00C" w14:textId="79169002" w:rsidR="006B4E20" w:rsidRPr="003B22DA" w:rsidRDefault="006B4E20" w:rsidP="00AB054F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SKATINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494539E6" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="494539E6" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33B46A9C" w14:textId="54D7D45B" w:rsidR="00792002" w:rsidRPr="004B1A1B" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
+    <w:p w14:paraId="33B46A9C" w14:textId="54D7D45B" w:rsidR="00792002" w:rsidRPr="003B22DA" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos darbuotojas gali būti skatinamas už nepriekaištingą pareigų atlikimą</w:t>
       </w:r>
-      <w:r w:rsidR="00792002" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00792002" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CFF0DF" w14:textId="7995CAAA" w:rsidR="0050533B" w:rsidRPr="004B1A1B" w:rsidRDefault="00792002" w:rsidP="00342BEF">
+    <w:p w14:paraId="12CFF0DF" w14:textId="7995CAAA" w:rsidR="0050533B" w:rsidRPr="003B22DA" w:rsidRDefault="00792002" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Sprendimą dėl darbuotojo skatinimo bei skatinimo form</w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">s priima Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> konsultuodamasis su Darbuotojų atstovais</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, atsižvelgdamas į</w:t>
       </w:r>
-      <w:r w:rsidR="00F25329" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F25329" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> tokias aplinkybes</w:t>
       </w:r>
-      <w:r w:rsidR="00AB2EF6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AB2EF6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (visas ar kelias iš jų)</w:t>
       </w:r>
-      <w:r w:rsidR="00F25329" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F25329" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463492E1" w14:textId="7E5810AA" w:rsidR="00C778AA" w:rsidRPr="004B1A1B" w:rsidRDefault="0050533B" w:rsidP="00342BEF">
+    <w:p w14:paraId="463492E1" w14:textId="7E5810AA" w:rsidR="00C778AA" w:rsidRPr="003B22DA" w:rsidRDefault="0050533B" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos darbuotojas atliko Įstaigos veiklai ypač svarbią užduotį</w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (užduotis)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E66F44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E66F44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kai </w:t>
       </w:r>
-      <w:r w:rsidR="00C778AA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C778AA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">savo darbu </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>reikšmingai prisid</w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ėjo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie </w:t>
       </w:r>
-      <w:r w:rsidR="00C778AA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C778AA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> strategi</w:t>
       </w:r>
-      <w:r w:rsidR="00975278" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00975278" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nių tikslų įgyvendinimo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, inovacijų ir </w:t>
       </w:r>
-      <w:r w:rsidR="00C778AA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C778AA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklos vykdymo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E034F7" w14:textId="6FFE85FF" w:rsidR="00990D83" w:rsidRPr="004B1A1B" w:rsidRDefault="00990D83" w:rsidP="00342BEF">
+    <w:p w14:paraId="03E034F7" w14:textId="6FFE85FF" w:rsidR="00990D83" w:rsidRPr="003B22DA" w:rsidRDefault="00990D83" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Išskirtinis įstaigos darbuotojo indėlis įgyvendinant Įstaigai nustatytus tikslus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A56B62A" w14:textId="77777777" w:rsidR="00970E4B" w:rsidRPr="004B1A1B" w:rsidRDefault="00970E4B" w:rsidP="00342BEF">
+    <w:p w14:paraId="3A56B62A" w14:textId="77777777" w:rsidR="00970E4B" w:rsidRPr="003B22DA" w:rsidRDefault="00970E4B" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos darbuotojas pareigas atliko nepriekaištingai, įskaitant, jam nustatytais ar su juo sutartais terminais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18850920" w14:textId="3F70171D" w:rsidR="00E07983" w:rsidRPr="004B1A1B" w:rsidRDefault="007C3EB2" w:rsidP="00342BEF">
+    <w:p w14:paraId="18850920" w14:textId="3F70171D" w:rsidR="00E07983" w:rsidRPr="003B22DA" w:rsidRDefault="007C3EB2" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos darbuotojas pasižymėjo </w:t>
       </w:r>
-      <w:r w:rsidR="00552821" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00552821" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>indėliu Įstaigos veiklos sklaidai, žinomumui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64DEE8C9" w14:textId="1D620E56" w:rsidR="00970E4B" w:rsidRPr="004B1A1B" w:rsidRDefault="00F742F7" w:rsidP="00342BEF">
+    <w:p w14:paraId="64DEE8C9" w14:textId="1D620E56" w:rsidR="00970E4B" w:rsidRPr="003B22DA" w:rsidRDefault="00F742F7" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos darbuotojo veikla įvertinama kaip viršijanti </w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ar atitinkanti </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>lūkesčius</w:t>
       </w:r>
-      <w:r w:rsidR="006065F1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006065F1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6FA961" w14:textId="2849D6B8" w:rsidR="0090521E" w:rsidRPr="004B1A1B" w:rsidRDefault="0090521E" w:rsidP="00342BEF">
+    <w:p w14:paraId="4D6FA961" w14:textId="2849D6B8" w:rsidR="0090521E" w:rsidRPr="003B22DA" w:rsidRDefault="0090521E" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Paskatinti darbuotoją siūlo Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECEC623" w14:textId="12FAB128" w:rsidR="0050533B" w:rsidRPr="004B1A1B" w:rsidRDefault="00552821" w:rsidP="00342BEF">
+    <w:p w14:paraId="4ECEC623" w14:textId="12FAB128" w:rsidR="0050533B" w:rsidRPr="003B22DA" w:rsidRDefault="00552821" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Kitas Įstaigos ve</w:t>
       </w:r>
-      <w:r w:rsidR="00990D83" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00990D83" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iklai</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> reikšmingas aplinkybes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B1B0495" w14:textId="0897EF16" w:rsidR="005D0D72" w:rsidRPr="004B1A1B" w:rsidRDefault="00792002" w:rsidP="00342BEF">
+    <w:p w14:paraId="5B1B0495" w14:textId="0897EF16" w:rsidR="005D0D72" w:rsidRPr="003B22DA" w:rsidRDefault="00792002" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="part_307f54fecc5146fc97928dcedb2cce55"/>
+      <w:bookmarkStart w:id="12" w:name="part_307f54fecc5146fc97928dcedb2cce55"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Įstaigos</w:t>
+      </w:r>
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F742F7" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>arbuotojai gali būti skatinami šiomis skatinimo priemonėmis:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="part_9f75f1a917454057897125186e477ac2"/>
+      <w:bookmarkStart w:id="14" w:name="part_e7e5d9e4b6084cf2a67190899b7548b3"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="004B1A1B">
-[...32 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="part_e7e5d9e4b6084cf2a67190899b7548b3"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2F075C4F" w14:textId="77777777" w:rsidR="005D0D72" w:rsidRPr="004B1A1B" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
+    </w:p>
+    <w:p w14:paraId="2F075C4F" w14:textId="77777777" w:rsidR="005D0D72" w:rsidRPr="003B22DA" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>padėka;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4096981F" w14:textId="0E5BEB01" w:rsidR="005D0D72" w:rsidRPr="004B1A1B" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
+    <w:p w14:paraId="4096981F" w14:textId="0E5BEB01" w:rsidR="005D0D72" w:rsidRPr="003B22DA" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iki 2 pareiginių algų dydžio pinigin</w:t>
       </w:r>
-      <w:r w:rsidR="006E70E8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006E70E8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> išmoka (tačiau ne dažniau kaip </w:t>
       </w:r>
-      <w:r w:rsidR="007B4B4F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007B4B4F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kartus per kalendorinius metus</w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="part_b89561269b0743c4bf5050d886e4f0d5"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="001246B4" w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="15" w:name="part_b89561269b0743c4bf5050d886e4f0d5"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidR="001246B4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, esant pakankam darbo užmokesčio fondui</w:t>
       </w:r>
-      <w:r w:rsidR="007502FB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007502FB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30426325" w14:textId="77777777" w:rsidR="005D0D72" w:rsidRPr="004B1A1B" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
+    <w:p w14:paraId="30426325" w14:textId="77777777" w:rsidR="005D0D72" w:rsidRPr="003B22DA" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk154577056"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="16" w:name="_Hlk154577056"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>suteikiant iki 5 mokamų papildomų poilsio dienų (tačiau ne daugiau kaip 10 mokamų papildomų poilsio dienų per metus) arba atitinkamai sutrumpinant darbo laiką;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="part_2e9e00a9ece94530be4153df84dbc8ea"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1EBE4A38" w14:textId="50D4792D" w:rsidR="005D0D72" w:rsidRPr="004B1A1B" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
+      <w:bookmarkStart w:id="17" w:name="part_2e9e00a9ece94530be4153df84dbc8ea"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="1EBE4A38" w14:textId="50D4792D" w:rsidR="005D0D72" w:rsidRPr="003B22DA" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vienkartine pinigine išmoka Vyriausybės nustatyta tvarka</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001246B4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001246B4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>esant pakankam darbo užmokesčio fondui</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="part_6ce99f0172a6488882175159c1ad78ca"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="21CCCC25" w14:textId="77777777" w:rsidR="005D0D72" w:rsidRPr="004B1A1B" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
+      <w:bookmarkStart w:id="18" w:name="part_6ce99f0172a6488882175159c1ad78ca"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="21CCCC25" w14:textId="77777777" w:rsidR="005D0D72" w:rsidRPr="003B22DA" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">finansuojant kvalifikacijos tobulinimą ne didesne kaip </w:t>
       </w:r>
-      <w:r w:rsidR="005D0D72" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005D0D72" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo vienos pareiginės algos dydžio suma per metus</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="part_0373cc88387a48cfa06f90f4c86f4b65"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D0D72" w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="19" w:name="part_0373cc88387a48cfa06f90f4c86f4b65"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="005D0D72" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60BC74E4" w14:textId="7C790FAE" w:rsidR="005D0D72" w:rsidRPr="004B1A1B" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
+    <w:p w14:paraId="60BC74E4" w14:textId="7C790FAE" w:rsidR="005D0D72" w:rsidRPr="003B22DA" w:rsidRDefault="00880BA0" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="part_389ba16e1f3e431097baea552922c4e2"/>
+      <w:bookmarkStart w:id="20" w:name="part_389ba16e1f3e431097baea552922c4e2"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>kintamąja dalimi</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="part_cf42108e7075403d8058110c1c8af7f5"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidRPr="004B1A1B">
-[...9 lines deleted...]
-      <w:r w:rsidR="00975278" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00975278" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAB2E5B" w14:textId="7505BE0D" w:rsidR="003250D5" w:rsidRPr="004B1A1B" w:rsidRDefault="008E1254" w:rsidP="00342BEF">
+    <w:p w14:paraId="5CAB2E5B" w14:textId="0968A04A" w:rsidR="003250D5" w:rsidRPr="003B22DA" w:rsidRDefault="008E1254" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Už nustatytą nepriekaištingą pareigų atlikimą Įstaigos darbuotojas gali būti skatinamas viena iš </w:t>
       </w:r>
-      <w:r w:rsidR="001C2493" w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F341A2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F341A2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. – </w:t>
       </w:r>
-      <w:r w:rsidR="001C2493" w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001C2493" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001C2493" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="005C12EB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005C12EB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>punktuose nu</w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidR="005C12EB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005C12EB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>atytų skatinimo priemonių</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A67AAC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A67AAC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>neviršijant įstaigos darbo užmokesčiui skirtų lėšų</w:t>
       </w:r>
-      <w:r w:rsidR="005C12EB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005C12EB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Prie </w:t>
       </w:r>
-      <w:r w:rsidR="001C2493" w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="002C5933" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5933" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001C2493" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001C2493" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00480EA7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00480EA7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. – </w:t>
       </w:r>
-      <w:r w:rsidR="001C2493" w:rsidRPr="004B1A1B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00480EA7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidR="00480EA7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001C2493" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001C2493" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00480EA7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00480EA7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>. punktuose nustatytų skatinimo</w:t>
       </w:r>
-      <w:r w:rsidR="00880BA0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priemonių papildomai gali būti skiriama padėka.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="part_7fce8774c1b649abbc3ed2b602a03ce1"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="56769F5C" w14:textId="3C610F4C" w:rsidR="00AB1027" w:rsidRPr="004B1A1B" w:rsidRDefault="005C12EB" w:rsidP="00342BEF">
+      <w:bookmarkStart w:id="22" w:name="part_7fce8774c1b649abbc3ed2b602a03ce1"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="56769F5C" w14:textId="3C610F4C" w:rsidR="00AB1027" w:rsidRPr="003B22DA" w:rsidRDefault="005C12EB" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Tuo atveju, </w:t>
       </w:r>
-      <w:r w:rsidR="00880BA0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jeigu buvo nustatyta, kad per paskutinius 6 mėnesius </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="008546EF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008546EF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotoja</w:t>
       </w:r>
-      <w:r w:rsidR="008546EF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008546EF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00880BA0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> padarė darbo pareigų pažeidimą, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jie </w:t>
       </w:r>
-      <w:r w:rsidR="008546EF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008546EF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gali būti </w:t>
       </w:r>
-      <w:r w:rsidR="00880BA0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">neskatinami, išskyrus atvejį, kai </w:t>
       </w:r>
-      <w:r w:rsidR="00535843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00535843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">po vertinimo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00880BA0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojo veikla įvertinama kaip viršijanti lūkesčius</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2767" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FE2767" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B23F19" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B23F19" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos Darbuotojai </w:t>
       </w:r>
-      <w:r w:rsidR="00F742F7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F742F7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">visais atvejais </w:t>
       </w:r>
-      <w:r w:rsidR="00B23F19" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B23F19" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>neskatinami</w:t>
       </w:r>
-      <w:r w:rsidR="00535843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00535843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, jei</w:t>
       </w:r>
-      <w:r w:rsidR="00B23F19" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B23F19" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F742F7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F742F7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">per paskutinius 6 mėnesius </w:t>
       </w:r>
-      <w:r w:rsidR="00535843" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00535843" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">yra </w:t>
       </w:r>
-      <w:r w:rsidR="00F742F7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F742F7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>padarę darbo pareigų pažeidimą</w:t>
       </w:r>
-      <w:r w:rsidR="00E3098D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E3098D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B23F19" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B23F19" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos v</w:t>
       </w:r>
-      <w:r w:rsidR="00880BA0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iešųjų ir privačių interesų derinimo įstatymo 23 straipsnyje nustatytais</w:t>
       </w:r>
-      <w:r w:rsidR="00E3098D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E3098D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> atvejais</w:t>
       </w:r>
-      <w:r w:rsidR="00880BA0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00880BA0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE9350B" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="2BE9350B" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D390401" w14:textId="3E4F1A07" w:rsidR="00160027" w:rsidRPr="004B1A1B" w:rsidRDefault="00160027" w:rsidP="00AB054F">
+    <w:p w14:paraId="7D390401" w14:textId="3E4F1A07" w:rsidR="00160027" w:rsidRPr="003B22DA" w:rsidRDefault="00160027" w:rsidP="00AB054F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MATERIALINĖ PAŠALPA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47196854" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="47196854" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A1152C3" w14:textId="08550103" w:rsidR="003250D5" w:rsidRPr="004B1A1B" w:rsidRDefault="00330D0D" w:rsidP="00342BEF">
+    <w:p w14:paraId="1A1152C3" w14:textId="08550103" w:rsidR="003250D5" w:rsidRPr="003B22DA" w:rsidRDefault="00330D0D" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="003E37B3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003E37B3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojams, </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kurių materialinė būklė tapo sunki</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>dėl jų pačių ligos,</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>artimųjų giminaičių, sutuoktinio,</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>partnerio (kai partnerystė įregistruota įstatymų nustatyta tvarka),</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sugyventinio, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00BE0398" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE0398" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotoj</w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o tėvų, vaikų (įvaikių), brolių (įbrolių) ir seserų (įseserių),</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>taip pat išlaikytinių, kurių globėjais ar rūpintojais įstatymų nustatyta tvarka yra paskirti</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE57C8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE57C8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojai,</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ligos ar mirties, stichinės nelaimės ar turto netekimo, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gali būti skiriama iki 5 MMA dydžio materialinė pašalpa</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="007502FB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007502FB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>esant pakankam darbo užmokesčio fondui</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F18C0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="005F18C0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>jeigu yra pateikti šių Darbuotojų rašytiniai prašymai ir atitinkamą aplinkybę patvirtinantys dokumentai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553C6B70" w14:textId="3C422589" w:rsidR="003250D5" w:rsidRPr="004B1A1B" w:rsidRDefault="006221DB" w:rsidP="00342BEF">
+    <w:p w14:paraId="553C6B70" w14:textId="3C422589" w:rsidR="003250D5" w:rsidRPr="003B22DA" w:rsidRDefault="006221DB" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...16 lines deleted...]
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Mirus Įstaigos darbuotojui, jo šeimos nariams (sutuoktiniui, vaikams (įvaikiams), motinai (įmotei), tėvui (įtėviui), senelei, seneliui, kitiems giminaičiams, kurie su mirusiuoju turėjo artimą ryšį ir (ar) gyveno kartu) iš Įstaigai skirtų lėšų gali būti išmokama iki 5 MMA dydžio materialinė pašalpa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="007502FB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007502FB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>esant pakankam darbo užmokesčio fondui</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B6B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F57B6B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, jeigu pateiktas </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos darbuotojo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šeimos nario rašytinis prašymas ir </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos darbuotojo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mirties faktą patvirtinantys dokumentai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5C9D59" w14:textId="1EBBD42A" w:rsidR="00AB1027" w:rsidRPr="004B1A1B" w:rsidRDefault="006221DB" w:rsidP="00342BEF">
+    <w:p w14:paraId="5D5C9D59" w14:textId="1EBBD42A" w:rsidR="00AB1027" w:rsidRPr="003B22DA" w:rsidRDefault="006221DB" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Materialinę pašalpą Įstaigos Darbuotojams, išskyrus Įstaigos vadovą, skiria Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">iš Įstaigai skirtų lėšų. Įstaigos vadovui materialinę pašalpą skiria </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Šiaulių miesto meras</w:t>
       </w:r>
-      <w:r w:rsidR="0008382E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0008382E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iš Įstaigai skirtų lėšų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671A4813" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="671A4813" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DE68473" w14:textId="57C5B4AD" w:rsidR="00603635" w:rsidRPr="004B1A1B" w:rsidRDefault="00603635" w:rsidP="00D518DE">
+    <w:p w14:paraId="6DE68473" w14:textId="57C5B4AD" w:rsidR="00603635" w:rsidRPr="003B22DA" w:rsidRDefault="00603635" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IŠEITINĖS IŠMOKOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A25DE1" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="67A25DE1" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1022C983" w14:textId="3642F3A0" w:rsidR="00AB1027" w:rsidRPr="004B1A1B" w:rsidRDefault="00AB1027" w:rsidP="00342BEF">
+    <w:p w14:paraId="1022C983" w14:textId="3642F3A0" w:rsidR="00AB1027" w:rsidRPr="003B22DA" w:rsidRDefault="00AB1027" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atsižvelgiant į darbo sutarties su </w:t>
       </w:r>
-      <w:r w:rsidR="00982F86" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982F86" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos darbuotoju nutraukimo pagrind</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="001F49BE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001F49BE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00982F86" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982F86" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigos darbuotojui gali būti mokama </w:t>
       </w:r>
-      <w:r w:rsidR="001F49BE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001F49BE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos darbo kodekse numatyt</w:t>
       </w:r>
-      <w:r w:rsidR="00EC370B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EC370B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o dydžio</w:t>
       </w:r>
-      <w:r w:rsidR="001F49BE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001F49BE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00982F86" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00982F86" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>išeitinė išmoka</w:t>
       </w:r>
-      <w:r w:rsidR="002B6222" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002B6222" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE82DDB" w14:textId="77777777" w:rsidR="00F57B6B" w:rsidRPr="004B1A1B" w:rsidRDefault="00F57B6B" w:rsidP="00F57B6B">
+    <w:p w14:paraId="1CE82DDB" w14:textId="77777777" w:rsidR="00F57B6B" w:rsidRPr="003B22DA" w:rsidRDefault="00F57B6B" w:rsidP="00F57B6B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CE1981E" w14:textId="36E7C8CD" w:rsidR="002D333D" w:rsidRPr="004B1A1B" w:rsidRDefault="001F724E" w:rsidP="00D518DE">
+    <w:p w14:paraId="4CE1981E" w14:textId="36E7C8CD" w:rsidR="002D333D" w:rsidRPr="003B22DA" w:rsidRDefault="001F724E" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MOKĖJIMAS UŽ DARBĄ POILSIO IR ŠVENČIŲ DIENOMIS, NAKTIES IR VIRŠVALANDINĮ DARBĄ, DARBĄ, KAI YRA NUKRYPIMŲ NUO NORMALIŲ DARBO SĄLYGŲ, BUDĖJIMĄ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A21331B" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="0A21331B" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15884CF5" w14:textId="268D7DE6" w:rsidR="00D62DE9" w:rsidRPr="004B1A1B" w:rsidRDefault="00D62DE9" w:rsidP="00342BEF">
+    <w:p w14:paraId="15884CF5" w14:textId="268D7DE6" w:rsidR="00D62DE9" w:rsidRPr="003B22DA" w:rsidRDefault="00D62DE9" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Už darbą poilsio ir švenčių dienomis, nakties ir viršvalandinį darbą, darbą, kai yra nukrypimų nuo normalių darbo sąlygų, budėjimą</w:t>
       </w:r>
-      <w:r w:rsidR="006A3E23" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006A3E23" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigos Darbuotojams mokama Lietuvos Respublikos darbo kodekso nustatyta tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A1D1BC8" w14:textId="77777777" w:rsidR="003250D5" w:rsidRPr="004B1A1B" w:rsidRDefault="00125840" w:rsidP="00342BEF">
+    <w:p w14:paraId="0A1D1BC8" w14:textId="77777777" w:rsidR="003250D5" w:rsidRPr="003B22DA" w:rsidRDefault="00125840" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Už faktiškai atliktus veiksmus budėjimo metu apmokama kaip už faktiškai dirbtą darbo laiką, tačiau neviršijantį 60 valandų </w:t>
       </w:r>
-      <w:r w:rsidR="00E11C34" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E11C34" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">per savaitę, Lietuvos Respublikos darbo kodekso numatyta tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7175A239" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="7175A239" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C2C068B" w14:textId="77777777" w:rsidR="001F724E" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
+    <w:p w14:paraId="3C2C068B" w14:textId="77777777" w:rsidR="001F724E" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DARBO LAIKO APSKAITA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEE78FF" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="6CEE78FF" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A028031" w14:textId="03327C13" w:rsidR="00E11C34" w:rsidRPr="004B1A1B" w:rsidRDefault="00E11C34" w:rsidP="00342BEF">
+    <w:p w14:paraId="5A028031" w14:textId="03327C13" w:rsidR="00E11C34" w:rsidRPr="003B22DA" w:rsidRDefault="00E11C34" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbo laiko apskaita Įstaigoje tvarkoma Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovo</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymu patvirtintos formos darbo laiko apskaitos žiniaraščiuose, kuriuos pildo Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00CD13AA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CD13AA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00F731F8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F731F8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojai, kuriems tai pavesta atlikti pagal jų pareigybės aprašymus</w:t>
       </w:r>
-      <w:r w:rsidR="004354E4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004354E4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00C07C44" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C07C44" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>vadovo</w:t>
       </w:r>
-      <w:r w:rsidR="004354E4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004354E4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymą</w:t>
       </w:r>
-      <w:r w:rsidR="00F731F8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F731F8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A33855C" w14:textId="3A04E38F" w:rsidR="004354E4" w:rsidRPr="004B1A1B" w:rsidRDefault="00F731F8" w:rsidP="00342BEF">
+    <w:p w14:paraId="2A33855C" w14:textId="3A04E38F" w:rsidR="004354E4" w:rsidRPr="003B22DA" w:rsidRDefault="00F731F8" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atsakingi Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00041557" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00041557" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojai darbo laiko apskaitos žiniaraštyje nurodo faktiškai dirbtą laiką, atsižvelgiant į </w:t>
       </w:r>
-      <w:r w:rsidR="00F07F1C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F07F1C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>atliktą viršvalandinį darbą</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, darbą poilsio ir švenčių dienomis, </w:t>
       </w:r>
-      <w:r w:rsidR="00F07F1C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F07F1C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">komandiruotes ir visas kitas žymas, turinčias įtakos Darbuotojų darbo laiko </w:t>
       </w:r>
-      <w:r w:rsidR="00E94694" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E94694" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">deklaravimui ir darbo užmokesčio apskaičiavimui bei nurodytas darbo laiko apskaitos žiniaraščio pildymo reikalavimuose. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340D4660" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="340D4660" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49DF24CF" w14:textId="6AC4AF93" w:rsidR="00C422C3" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
+    <w:p w14:paraId="49DF24CF" w14:textId="6AC4AF93" w:rsidR="00C422C3" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DARBO U</w:t>
       </w:r>
-      <w:r w:rsidR="00A16915" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A16915" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MOKES</w:t>
       </w:r>
-      <w:r w:rsidR="00A16915" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A16915" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Č</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IO MOK</w:t>
       </w:r>
-      <w:r w:rsidR="00A16915" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A16915" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ĖJ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">IMO </w:t>
       </w:r>
-      <w:r w:rsidR="004354E4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004354E4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">TERMINAI IR </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">TVARKA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FE4375" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="60FE4375" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="149FCF28" w14:textId="7317BC6D" w:rsidR="00C422C3" w:rsidRPr="004B1A1B" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
+    <w:p w14:paraId="149FCF28" w14:textId="7317BC6D" w:rsidR="00C422C3" w:rsidRPr="003B22DA" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbo užmokesčio mokėjimo tvarka paprastai </w:t>
       </w:r>
-      <w:r w:rsidR="00D23056" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D23056" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>sulygstama</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigos ir Įstaigos darbuotojo sudaryt</w:t>
       </w:r>
-      <w:r w:rsidR="00D23056" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D23056" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbo sutart</w:t>
       </w:r>
-      <w:r w:rsidR="00D23056" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D23056" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>imi</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E29D671" w14:textId="421F80F2" w:rsidR="00C422C3" w:rsidRPr="004B1A1B" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
+    <w:p w14:paraId="3E29D671" w14:textId="421F80F2" w:rsidR="00C422C3" w:rsidRPr="003B22DA" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbo užmokestis darbuotojui paprastai mokamas ne rečiau kaip du kartus per mėnesį, o esant darbuotojo prašymui – kartą per mėnesį. Darbo užmokestis Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00CD13AA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CD13AA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojams mokamas </w:t>
       </w:r>
-      <w:r w:rsidR="004E0E94" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004E0E94" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ne vėliau kaip </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kiekvieno mėnesio</w:t>
       </w:r>
-      <w:r w:rsidR="00F924D5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F924D5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C5D28" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008C5D28" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidR="002C51F7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002C51F7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dieną ir paskutinę einamojo mėnesio </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>dien</w:t>
       </w:r>
-      <w:r w:rsidR="002C51F7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002C51F7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="001F0024" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001F0024" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, jeigu atskiro Įstaigos darbuotojo darbo sutartyje nenumatyta kitaip</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73AFBC7F" w14:textId="5102AD95" w:rsidR="00762B5B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
+    <w:p w14:paraId="73AFBC7F" w14:textId="5102AD95" w:rsidR="00762B5B" w:rsidRPr="003B22DA" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pasibaigus darbo sutarčiai, visos </w:t>
       </w:r>
-      <w:r w:rsidR="001F0024" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001F0024" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojo su darbo santykiais susijusios išmokos išmokamos</w:t>
       </w:r>
-      <w:r w:rsidR="00702966" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00702966" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> paskutinę Įstaigos darbuotojo darbo Įstaigoje dieną, nebent raštu būtų su</w:t>
       </w:r>
-      <w:r w:rsidR="00815419" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00815419" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
-      <w:r w:rsidR="00702966" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00702966" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tarta kitaip. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729E7C89" w14:textId="5B91EDBA" w:rsidR="00C742D0" w:rsidRPr="004B1A1B" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
+    <w:p w14:paraId="729E7C89" w14:textId="5B91EDBA" w:rsidR="00C742D0" w:rsidRPr="003B22DA" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbo užmokestis </w:t>
       </w:r>
-      <w:r w:rsidR="00762B5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00762B5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojams mokamas tik pinigais</w:t>
       </w:r>
-      <w:r w:rsidR="00CB44BA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB44BA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir išmokamas pervedant į Įstaigos darbuotojo nurodytą banko sąskaitą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543AE570" w14:textId="762553C1" w:rsidR="00AF5AB4" w:rsidRPr="004B1A1B" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
+    <w:p w14:paraId="543AE570" w14:textId="762553C1" w:rsidR="00AF5AB4" w:rsidRPr="003B22DA" w:rsidRDefault="00C422C3" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ne rečiau kaip kartą per mėnesį darbuotojui </w:t>
       </w:r>
-      <w:r w:rsidR="00184E12" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00184E12" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>įstaigos el. paštu</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pateikiamas</w:t>
       </w:r>
-      <w:r w:rsidR="00184E12" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00184E12" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> el.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> atsiskaitymo lapelis, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="_Hlk154834946"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="23" w:name="_Hlk154834946"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kuriame nurodoma jam priskaičiuoto darbo užmokesčio</w:t>
       </w:r>
-      <w:r w:rsidR="00AF5AB4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF5AB4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> suma</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001073F2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001073F2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>išmokėt</w:t>
       </w:r>
-      <w:r w:rsidR="00AF5AB4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF5AB4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="001073F2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001073F2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s ir išskaičiuot</w:t>
       </w:r>
-      <w:r w:rsidR="00AF5AB4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF5AB4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="001073F2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001073F2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s sum</w:t>
       </w:r>
-      <w:r w:rsidR="00184E12" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00184E12" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="001073F2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001073F2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:p w14:paraId="1F2F6895" w14:textId="1B3E450D" w:rsidR="00F57B6B" w:rsidRPr="004B1A1B" w:rsidRDefault="00AF5AB4" w:rsidP="00342BEF">
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w14:paraId="1F2F6895" w14:textId="1B3E450D" w:rsidR="00F57B6B" w:rsidRPr="003B22DA" w:rsidRDefault="00AF5AB4" w:rsidP="00342BEF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t>Esant rašytiniam darbuotojo prašymui</w:t>
       </w:r>
-      <w:r w:rsidR="00C422C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C422C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00762B5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00762B5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaiga</w:t>
       </w:r>
-      <w:r w:rsidR="00C422C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C422C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> išduoda darbuotojui pažymą apie</w:t>
       </w:r>
-      <w:r w:rsidR="00762B5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00762B5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> jo</w:t>
       </w:r>
-      <w:r w:rsidR="00C422C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C422C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbą </w:t>
       </w:r>
-      <w:r w:rsidR="00762B5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00762B5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigoje</w:t>
       </w:r>
-      <w:r w:rsidR="00C422C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C422C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pažymoje nurodoma darbuotojo darbo funkcijos ir </w:t>
       </w:r>
-      <w:r w:rsidR="00762B5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00762B5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="00C422C3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C422C3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ar pareigos, kiek laiko jis dirbo, darbo užmokesčio dydis ir sumokėtų mokesčių bei valstybinio socialinio draudimo įmokų dydis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559AE1B0" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="559AE1B0" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C47F6D6" w14:textId="3AB08EEE" w:rsidR="00B14970" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
+    <w:p w14:paraId="7C47F6D6" w14:textId="3AB08EEE" w:rsidR="00B14970" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> DARBAS NE VISO DARBO LAIKO SALYGOMIS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF65B2B" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="3BF65B2B" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A0E2B75" w14:textId="73C8B2CC" w:rsidR="00E07E0E" w:rsidRPr="004B1A1B" w:rsidRDefault="00B84227" w:rsidP="00E35A70">
+    <w:p w14:paraId="4A0E2B75" w14:textId="73C8B2CC" w:rsidR="00E07E0E" w:rsidRPr="003B22DA" w:rsidRDefault="00B84227" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeigu </w:t>
       </w:r>
-      <w:r w:rsidR="00B55BA8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B55BA8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">su Įstaigos darbuotoju jo darbo sutartimi yra sutartas darbas ne visą darbo laiką, tai darbuotojui </w:t>
       </w:r>
-      <w:r w:rsidR="00E849DF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E849DF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo užmokestis </w:t>
       </w:r>
-      <w:r w:rsidR="00B55BA8" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B55BA8" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokamas </w:t>
       </w:r>
-      <w:r w:rsidR="00207190" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00207190" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">proporcingai darbuotojo dirbtam laikui. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E98FCFE" w14:textId="3A466EAE" w:rsidR="0062604B" w:rsidRPr="004B1A1B" w:rsidRDefault="00E07E0E" w:rsidP="00E35A70">
+    <w:p w14:paraId="1E98FCFE" w14:textId="3A466EAE" w:rsidR="0062604B" w:rsidRPr="003B22DA" w:rsidRDefault="00E07E0E" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbas ne visą darbo laiką dirbantiems Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00CD13AA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CD13AA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojams nesukelia ribojimų nustatant kasmetinių atostogų trukmę, apskaičiuojant darbo stažą, skiriant į aukštesnes pareigas, tobulinant kvalifikaciją, neapriboja kitų darbuotojo darbo teisių, palyginti su </w:t>
       </w:r>
-      <w:r w:rsidR="00041557" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00041557" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojais, kurie dirba tokį patį ar lygiavertį darbą viso darbo laiko sąlygomis, atsižvelgiant į darbo stažą, kvalifikaciją ar kitas aplinkybes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E50B99B" w14:textId="6899CFD1" w:rsidR="00914831" w:rsidRPr="004B1A1B" w:rsidRDefault="003D7FC6" w:rsidP="00D518DE">
+    <w:p w14:paraId="2E50B99B" w14:textId="6899CFD1" w:rsidR="00914831" w:rsidRPr="003B22DA" w:rsidRDefault="003D7FC6" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>IŠSKAITOS IŠ</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> DARBO U</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ž</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MOKES</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ČI</w:t>
       </w:r>
-      <w:r w:rsidR="002D333D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002D333D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27808252" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="27808252" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FD73CF1" w14:textId="40E59260" w:rsidR="003250D5" w:rsidRPr="004B1A1B" w:rsidRDefault="00914831" w:rsidP="00E35A70">
+    <w:p w14:paraId="5FD73CF1" w14:textId="40E59260" w:rsidR="003250D5" w:rsidRPr="003B22DA" w:rsidRDefault="00914831" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Išskaitos iš </w:t>
       </w:r>
-      <w:r w:rsidR="006D34BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D34BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojo Darbo užmokesčio </w:t>
       </w:r>
-      <w:r w:rsidR="006D34BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D34BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gali būti </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>daromos tik Lietuvos Respublikos darbo kodekso ir kitų teisės aktų numatytais atvejais</w:t>
       </w:r>
-      <w:r w:rsidR="006D34BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D34BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir juose nustatyta tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B18BE5" w14:textId="7B8188D7" w:rsidR="006D34BC" w:rsidRPr="004B1A1B" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
+    <w:p w14:paraId="61B18BE5" w14:textId="7B8188D7" w:rsidR="006D34BC" w:rsidRPr="003B22DA" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Prieš darbuotojui išmokant DU ir Susijusias išmokas išskaičiuojama:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E69A78" w14:textId="77777777" w:rsidR="00977FDE" w:rsidRPr="004B1A1B" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
+    <w:p w14:paraId="64E69A78" w14:textId="77777777" w:rsidR="00977FDE" w:rsidRPr="003B22DA" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gyventojų pajamų mokestis;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC0DCB5" w14:textId="77777777" w:rsidR="00977FDE" w:rsidRPr="004B1A1B" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
+    <w:p w14:paraId="7DC0DCB5" w14:textId="77777777" w:rsidR="00977FDE" w:rsidRPr="003B22DA" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>valstybinio socialinio draudimo įmokos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE01A44" w14:textId="669D9D8E" w:rsidR="00977FDE" w:rsidRPr="004B1A1B" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
+    <w:p w14:paraId="6AE01A44" w14:textId="669D9D8E" w:rsidR="00977FDE" w:rsidRPr="003B22DA" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>avansas (mokamas tik darbuotojo prašymu);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C48A8D4" w14:textId="03A06B37" w:rsidR="00977FDE" w:rsidRPr="004B1A1B" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
+    <w:p w14:paraId="1C48A8D4" w14:textId="03A06B37" w:rsidR="00977FDE" w:rsidRPr="003B22DA" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>išskaitos (alimentai ir kt.) pagal vykdomuosius dokumentus ir kitos išskaitos, numatytos Darbo kodekse;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4333E58C" w14:textId="2A818A29" w:rsidR="00977FDE" w:rsidRPr="004B1A1B" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
+    <w:p w14:paraId="4333E58C" w14:textId="35210534" w:rsidR="00977FDE" w:rsidRPr="003B22DA" w:rsidRDefault="00977FDE" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...8 lines deleted...]
-    <w:p w14:paraId="66C7EA54" w14:textId="336BA208" w:rsidR="006D34BC" w:rsidRPr="004B1A1B" w:rsidRDefault="006D34BC" w:rsidP="00E35A70">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">susidariusi skola dėl </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>vanso permokėjimo, atostoginių atšaukimo ar kitų atvejų padengiama išmokant DU ar kitas išmokas einamo mėn. pabaigoje, jei neužtenka padengiama  iš sekančių mėnesių mokėjimų</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C7EA54" w14:textId="336BA208" w:rsidR="006D34BC" w:rsidRPr="003B22DA" w:rsidRDefault="006D34BC" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Grąžinti </w:t>
       </w:r>
-      <w:r w:rsidR="00914831" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914831" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">perduotoms ir </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00914831" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914831" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojo nepanaudotoms pagal paskirtį </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbdavio (Įstaigos)</w:t>
       </w:r>
-      <w:r w:rsidR="00914831" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914831" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pinigų sumoms;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A66AD8D" w14:textId="77777777" w:rsidR="006D34BC" w:rsidRPr="004B1A1B" w:rsidRDefault="00914831" w:rsidP="00E35A70">
+    <w:p w14:paraId="1A66AD8D" w14:textId="77777777" w:rsidR="006D34BC" w:rsidRPr="003B22DA" w:rsidRDefault="00914831" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>grąžinti sumoms, permokėtoms dėl skaičiavimo klaidų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42432138" w14:textId="77777777" w:rsidR="00BE6844" w:rsidRPr="004B1A1B" w:rsidRDefault="00914831" w:rsidP="00E35A70">
+    <w:p w14:paraId="42432138" w14:textId="77777777" w:rsidR="00BE6844" w:rsidRPr="003B22DA" w:rsidRDefault="00914831" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">atlyginti žalai, kurią </w:t>
       </w:r>
-      <w:r w:rsidR="006D34BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D34BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojas dėl savo kaltės padarė </w:t>
       </w:r>
-      <w:r w:rsidR="006D34BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D34BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigai</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, neviršijant vieno mėnesio </w:t>
       </w:r>
-      <w:r w:rsidR="006D34BC" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D34BC" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojo vidutinio darbo užmokesčio dydžio net ir tuo atveju, jeigu buvo padaryta didesnė žala;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2794C41B" w14:textId="22870551" w:rsidR="00914831" w:rsidRPr="004B1A1B" w:rsidRDefault="00914831" w:rsidP="00E35A70">
+    <w:p w14:paraId="2794C41B" w14:textId="22870551" w:rsidR="00914831" w:rsidRPr="003B22DA" w:rsidRDefault="00914831" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">išieškoti atostoginiams už suteiktas atostogas, viršijančias įgytą teisę į visos trukmės ar dalies kasmetines atostogas, darbo sutartį nutraukus darbuotojo iniciatyva be svarbių priežasčių arba dėl </w:t>
       </w:r>
-      <w:r w:rsidR="00BE6844" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE6844" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojo kaltės </w:t>
       </w:r>
-      <w:r w:rsidR="00BE6844" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BE6844" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> iniciatyva.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D0C39C" w14:textId="3A1590A8" w:rsidR="0034199C" w:rsidRPr="004B1A1B" w:rsidRDefault="0034199C" w:rsidP="00E35A70">
+    <w:p w14:paraId="76D0C39C" w14:textId="3A1590A8" w:rsidR="0034199C" w:rsidRPr="003B22DA" w:rsidRDefault="0034199C" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Hlk154835334"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="24" w:name="_Hlk154835334"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Išskaitos iš darbuotojo Darbo užmokesčio daromos rašytiniu </w:t>
       </w:r>
-      <w:r w:rsidR="00184E12" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00184E12" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Į</w:t>
       </w:r>
-      <w:r w:rsidR="00821400" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00821400" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">staigos </w:t>
       </w:r>
-      <w:r w:rsidR="00D518DE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D518DE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vadovo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nurodymu (įsakymu, potvarkiu ar kitu tvarkomuoju dokumentu). Darbdavio nurodymas išieškoti šią žalą gali būti priimtas ne vėliau kaip per tris mėnesius nuo žalos paaiškėjimo dienos.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:p w14:paraId="41ED3EB1" w14:textId="77777777" w:rsidR="0034199C" w:rsidRPr="004B1A1B" w:rsidRDefault="0034199C" w:rsidP="00E35A70">
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="41ED3EB1" w14:textId="77777777" w:rsidR="0034199C" w:rsidRPr="003B22DA" w:rsidRDefault="0034199C" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Išskaita daroma ne vėliau kaip per vieną mėnesį nuo tos dienos, kurią Įstaiga sužinojo ar galėjo sužinoti apie atsiradusį išskaitos pagrindą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B22F72C" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="0B22F72C" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F21D0F7" w14:textId="34E5445E" w:rsidR="00B14970" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
+    <w:p w14:paraId="2F21D0F7" w14:textId="34E5445E" w:rsidR="00B14970" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Hlk154595170"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="25" w:name="_Hlk154595170"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>KASMETINI</w:t>
       </w:r>
-      <w:r w:rsidR="00897128" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00897128" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ATOSTOG</w:t>
       </w:r>
-      <w:r w:rsidR="00897128" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00897128" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> APMOK</w:t>
       </w:r>
-      <w:r w:rsidR="00897128" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00897128" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
-      <w:r w:rsidR="00897128" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00897128" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MAS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="251A79AA" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="251A79AA" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="048BF581" w14:textId="2079E17E" w:rsidR="00246B64" w:rsidRPr="004B1A1B" w:rsidRDefault="00A960B7" w:rsidP="00E35A70">
+    <w:p w14:paraId="048BF581" w14:textId="2079E17E" w:rsidR="00246B64" w:rsidRPr="003B22DA" w:rsidRDefault="00A960B7" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kasmetinių atostogų laiku darbuotojui paliekamas jo vidutinis darbo užmokestis. </w:t>
       </w:r>
-      <w:r w:rsidR="00A94FED" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A94FED" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidutinio darbo užmokesčio skaičiavimo tvarką nustato Vidutinio darbo užmokesčio skaičiavimo tvarkos aprašas, patvirtintas Lietuvos Respublikos Vyriausybės 2017 m. birželio 21 d. nutarimu Nr. 496 „Dėl Lietuvos Respublikos darbo kodekso įgyvendinimo“. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Laikotarpis, iš kurio skaičiuojamas vidutinis darbo užmokestis, yra 3 paskutiniai kalendoriniai mėnesiai, einantys prieš tą mėnesį, už kurį (ar jo dalį) mokamas vidutinis darbo užmokestis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0388C084" w14:textId="27C5588C" w:rsidR="00DE0C2A" w:rsidRPr="004B1A1B" w:rsidRDefault="00A960B7" w:rsidP="00E35A70">
+    <w:p w14:paraId="0388C084" w14:textId="27C5588C" w:rsidR="00DE0C2A" w:rsidRPr="003B22DA" w:rsidRDefault="00A960B7" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Hlk154585411"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk154585411"/>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t>Atostoginiai</w:t>
       </w:r>
-      <w:r w:rsidR="00246B64" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00246B64" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigos darbuotojui</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> išmokami </w:t>
       </w:r>
-      <w:r w:rsidR="00D32245" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D32245" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kartu su darbo užmokesčiu arba </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ne vėliau kaip paskutinę darbo dieną prieš kasmetinių atostogų pradžią</w:t>
       </w:r>
-      <w:r w:rsidR="00D32245" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D32245" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (priklausomai nuo darbuotojo </w:t>
       </w:r>
-      <w:r w:rsidR="009F66F0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009F66F0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">raštiško </w:t>
       </w:r>
-      <w:r w:rsidR="00D32245" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D32245" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>prašymo)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Atostoginiai už atostogų dalį, viršijančią dvidešimt darbo dienų trukmę, darbuotojui mokami atostogų metu darbo užmokesčio mokėjimo tvarka ir terminais. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:p w14:paraId="6481B1F9" w14:textId="10435276" w:rsidR="00AB1027" w:rsidRPr="004B1A1B" w:rsidRDefault="00DE0C2A" w:rsidP="00E35A70">
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w14:paraId="6481B1F9" w14:textId="10435276" w:rsidR="00AB1027" w:rsidRPr="003B22DA" w:rsidRDefault="00DE0C2A" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Nutraukiant </w:t>
       </w:r>
-      <w:r w:rsidR="006D4E8E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D4E8E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo sutartį su Įstaigos darbuotoju, </w:t>
       </w:r>
-      <w:r w:rsidR="00A960B7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A960B7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kuris </w:t>
       </w:r>
-      <w:r w:rsidR="006D4E8E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006D4E8E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbo sutarties nutraukimo</w:t>
       </w:r>
-      <w:r w:rsidR="00A960B7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A960B7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dieną turi </w:t>
       </w:r>
-      <w:r w:rsidR="00F62060" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F62060" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sukauptų </w:t>
       </w:r>
-      <w:r w:rsidR="00A960B7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A960B7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
-      <w:r w:rsidR="00F62060" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F62060" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iš</w:t>
       </w:r>
-      <w:r w:rsidR="00A960B7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A960B7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>naudotų</w:t>
       </w:r>
-      <w:r w:rsidR="00F62060" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F62060" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kasmetinių</w:t>
       </w:r>
-      <w:r w:rsidR="00A960B7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A960B7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> atostogų, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF5D22" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FF5D22" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">už nepanaudotas kasmetines atostogas </w:t>
       </w:r>
-      <w:r w:rsidR="00574DEE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00574DEE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojui sumokama kompensacija</w:t>
       </w:r>
-      <w:r w:rsidR="00F62060" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F62060" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1571FC7D" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="1571FC7D" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="640DDC43" w14:textId="23B079DC" w:rsidR="00B14970" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
+    <w:p w14:paraId="640DDC43" w14:textId="23B079DC" w:rsidR="00B14970" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">LIGOS </w:t>
       </w:r>
-      <w:r w:rsidR="00327C59" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00327C59" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">IŠMOKOS </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MOK</w:t>
       </w:r>
-      <w:r w:rsidR="00327C59" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00327C59" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ė</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">JIMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23643206" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="23643206" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B20FD41" w14:textId="527AC4D1" w:rsidR="001B3CD4" w:rsidRPr="004B1A1B" w:rsidRDefault="001B3CD4" w:rsidP="00E35A70">
+    <w:p w14:paraId="1B20FD41" w14:textId="527AC4D1" w:rsidR="001B3CD4" w:rsidRPr="003B22DA" w:rsidRDefault="001B3CD4" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ligos </w:t>
       </w:r>
-      <w:r w:rsidR="00327C59" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00327C59" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>išmoka</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokama už pirmąsias dvi kalendorines ligos dienas, sutampančias su darbuotojo darbo grafiku. Mokama ligos </w:t>
       </w:r>
-      <w:r w:rsidR="00327C59" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00327C59" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>išmoka</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF699D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF699D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>yra</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 62,06 procentų pašalpos gavėjo vidutinio darbo užmokesčio, apskaičiuoto Lietuvos Respublikos Vyriausybės nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679B8B0D" w14:textId="77777777" w:rsidR="00631285" w:rsidRPr="004B1A1B" w:rsidRDefault="00631285" w:rsidP="00E35A70">
+    <w:p w14:paraId="679B8B0D" w14:textId="77777777" w:rsidR="00631285" w:rsidRPr="003B22DA" w:rsidRDefault="00631285" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ligos išmokos Įstaiga nemoka už darbuotojo nedarbingumą slaugant ligonį ar išėjus į nėštumo ir gimdymo atostogas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5532518E" w14:textId="26C70BBA" w:rsidR="00631285" w:rsidRPr="004B1A1B" w:rsidRDefault="00631285" w:rsidP="00E35A70">
+    <w:p w14:paraId="5532518E" w14:textId="26C70BBA" w:rsidR="00631285" w:rsidRPr="003B22DA" w:rsidRDefault="00631285" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ligos išmoką už darbuotojo nedarbingumą nelaimingo atsitikimo darbe / kelyje iš / į darbą, ir tvarkos 83. p. aprašytais atvejais nuo pirmos dienos moka Valstybinio socialinio draudimo fondo valdyba (toliau VSDFV) Lietuvos Respublikos teisės aktų nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028C4832" w14:textId="77777777" w:rsidR="00631285" w:rsidRPr="004B1A1B" w:rsidRDefault="00631285" w:rsidP="00E35A70">
+    <w:p w14:paraId="028C4832" w14:textId="77777777" w:rsidR="00631285" w:rsidRPr="003B22DA" w:rsidRDefault="00631285" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ligos išmoką už darbuotojo nedarbingumą nuo trečiosios kalendorinės darbuotojo nedarbingumo dėl ligos dienos, moka VSDFV Lietuvos Respublikos teisės aktų nustatyta tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445B4E05" w14:textId="663060E9" w:rsidR="00B14970" w:rsidRPr="004B1A1B" w:rsidRDefault="008D53C5" w:rsidP="00E35A70">
+    <w:p w14:paraId="445B4E05" w14:textId="663060E9" w:rsidR="00B14970" w:rsidRPr="003B22DA" w:rsidRDefault="008D53C5" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pagrindas išmokėti ligos išmoką yra nedarbingumo pažymėjimas, išduotas pagal Lietuvos Respublikos sveikatos apsaugos ministro ir socialinės apsaugos ir darbo ministro tvirtinamas Elektroninių nedarbingumo pažymėjimų bei elektroninių nėštumo ir gimdymo atostogų pažymėjimų išdavimo taisykles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F10CB6" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="07F10CB6" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24B386B0" w14:textId="21D6B410" w:rsidR="00AA1C87" w:rsidRPr="004B1A1B" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
+    <w:p w14:paraId="24B386B0" w14:textId="21D6B410" w:rsidR="00AA1C87" w:rsidRPr="003B22DA" w:rsidRDefault="002D333D" w:rsidP="00D518DE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5E9E29" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="0D5E9E29" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2882D316" w14:textId="1CC4997B" w:rsidR="00DE3314" w:rsidRPr="004B1A1B" w:rsidRDefault="00001E91" w:rsidP="00E35A70">
+    <w:p w14:paraId="2882D316" w14:textId="1CC4997B" w:rsidR="00DE3314" w:rsidRPr="003B22DA" w:rsidRDefault="00001E91" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>virtin</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ant šią DAS buvo įvykdytos</w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>informavimo ir konsultavimo procedūros su Įstaigoje</w:t>
       </w:r>
-      <w:r w:rsidR="00B54F3B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B54F3B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>veikianč</w:t>
       </w:r>
-      <w:r w:rsidR="009136D9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009136D9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ia</w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo taryba. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3F0501" w14:textId="56DC2744" w:rsidR="004260EE" w:rsidRPr="004B1A1B" w:rsidRDefault="00DE3314" w:rsidP="00E35A70">
+    <w:p w14:paraId="5D3F0501" w14:textId="56DC2744" w:rsidR="004260EE" w:rsidRPr="003B22DA" w:rsidRDefault="00DE3314" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaig</w:t>
       </w:r>
-      <w:r w:rsidR="001A4A23" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001A4A23" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">užtikrina, kad </w:t>
       </w:r>
-      <w:r w:rsidR="001A4A23" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001A4A23" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ši DAS būtų prieinama susipažinti visiems Įstaigos darbuotojams bei kad </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>visi Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004260EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004260EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojai </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">būtų </w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">su </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> supažindinami </w:t>
       </w:r>
-      <w:r w:rsidR="00631285" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00631285" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>el. būdu.</w:t>
       </w:r>
-      <w:r w:rsidR="004260EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004260EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigos Darbuotojai </w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">privalo laikytis </w:t>
       </w:r>
-      <w:r w:rsidR="004260EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004260EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS </w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nustatytų įpareigojimų bei atlikdami savo darbo funkcijas vadovautis </w:t>
       </w:r>
-      <w:r w:rsidR="004260EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004260EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
-      <w:r w:rsidR="00202445" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00202445" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatytais principais. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50845FB9" w14:textId="622A9ACD" w:rsidR="00202445" w:rsidRPr="004B1A1B" w:rsidRDefault="00202445" w:rsidP="00E35A70">
+    <w:p w14:paraId="50845FB9" w14:textId="622A9ACD" w:rsidR="00202445" w:rsidRPr="003B22DA" w:rsidRDefault="00202445" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Informacija apie </w:t>
       </w:r>
-      <w:r w:rsidR="004260EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004260EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004260EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004260EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojų darbo užmokestį teikiama ir skelbiama tik </w:t>
       </w:r>
-      <w:r w:rsidR="004260EE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004260EE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Lietuvos Respublikos </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>teisės aktuose numatytais atvejais arba darbuotojui raštiškai sutikus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CFF476" w14:textId="1422518C" w:rsidR="00845F26" w:rsidRPr="004B1A1B" w:rsidRDefault="00845F26" w:rsidP="00E35A70">
+    <w:p w14:paraId="02CFF476" w14:textId="1422518C" w:rsidR="00845F26" w:rsidRPr="003B22DA" w:rsidRDefault="00845F26" w:rsidP="00E35A70">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Patvirtinta DAS peržiūrima pasikeitus Lietuvos Respublikos teisės aktams arba esant kitiems aktualiems darbo apmokėjimo sistemos pokyčiams. Įstaiga turi teisę iš dalies arba visiškai pakeisti DAS, laikydamasi pareigos </w:t>
       </w:r>
-      <w:r w:rsidR="006616E3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006616E3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įvykdyti informavimo ir konsultavimo procedūras su </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigoje veikianč</w:t>
       </w:r>
-      <w:r w:rsidR="001A4A23" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001A4A23" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ia</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo taryba</w:t>
       </w:r>
-      <w:r w:rsidR="00631285" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00631285" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F23658A" w14:textId="0693D050" w:rsidR="00552BC7" w:rsidRDefault="004260EE" w:rsidP="00F66691">
+    <w:p w14:paraId="0F23658A" w14:textId="7B3D2BBB" w:rsidR="00552BC7" w:rsidRPr="003B22DA" w:rsidRDefault="004260EE" w:rsidP="00F66691">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS ir visi jos priedai įsigalioja nuo </w:t>
       </w:r>
-      <w:r w:rsidR="00FF3805" w:rsidRPr="004B1A1B">
-[...24 lines deleted...]
-    <w:p w14:paraId="3E848A12" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>sausio</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1A1B" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15C8F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3805" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E848A12" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EFDCB40" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
-[...90 lines deleted...]
-    <w:p w14:paraId="511FCC7A" w14:textId="221F50E7" w:rsidR="00EE67C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00EE67C6" w:rsidP="00AB054F">
+    <w:p w14:paraId="511FCC7A" w14:textId="221F50E7" w:rsidR="00EE67C6" w:rsidRPr="003B22DA" w:rsidRDefault="00EE67C6" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PRIEDAI:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF359FA" w14:textId="096F55C8" w:rsidR="00A7205C" w:rsidRPr="004B1A1B" w:rsidRDefault="00A7205C" w:rsidP="00E440B3">
+    <w:p w14:paraId="0BF359FA" w14:textId="096F55C8" w:rsidR="00A7205C" w:rsidRPr="003B22DA" w:rsidRDefault="00A7205C" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00552BC7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00552BC7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vadovo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pavaduotoj</w:t>
       </w:r>
-      <w:r w:rsidR="00C510FE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C510FE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymui pareiginės algos koeficientai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C453482" w14:textId="52343AD2" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="00E440B3">
+    <w:p w14:paraId="0C453482" w14:textId="52343AD2" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS priedas Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokyklų ugdymą organizuojančių skyrių vedėjų pareiginės algos koeficientai</w:t>
       </w:r>
-      <w:r w:rsidR="00C510FE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C510FE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2AA34B" w14:textId="6CC0E7F4" w:rsidR="0056628A" w:rsidRPr="004B1A1B" w:rsidRDefault="00A7205C" w:rsidP="00E440B3">
+    <w:p w14:paraId="3A2AA34B" w14:textId="6CC0E7F4" w:rsidR="0056628A" w:rsidRPr="003B22DA" w:rsidRDefault="00A7205C" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS </w:t>
       </w:r>
-      <w:r w:rsidR="0056628A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0056628A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">riedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojų</w:t>
       </w:r>
-      <w:r w:rsidR="00552BC7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00552BC7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, mokytojų dirbančių pagal priešmokyklinio ugdymo programą, auklėtojų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareiginės algos koeficientai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2213F0B4" w14:textId="7BD17EC5" w:rsidR="00C510FE" w:rsidRPr="004B1A1B" w:rsidRDefault="0056628A" w:rsidP="00E440B3">
+    <w:p w14:paraId="2213F0B4" w14:textId="7BD17EC5" w:rsidR="00C510FE" w:rsidRPr="003B22DA" w:rsidRDefault="0056628A" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>DAS priedas Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00986B68" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00986B68" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C510FE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C510FE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Specialiųjų pedagogų, logopedų, karjeros specialistų pareiginės algos koeficientai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653C9F8A" w14:textId="294D5F63" w:rsidR="00C510FE" w:rsidRPr="004B1A1B" w:rsidRDefault="00C510FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="653C9F8A" w14:textId="294D5F63" w:rsidR="00C510FE" w:rsidRPr="003B22DA" w:rsidRDefault="00C510FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Psichologų</w:t>
       </w:r>
-      <w:r w:rsidR="00552BC7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00552BC7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, socialinių pedagogų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos koeficientai</w:t>
       </w:r>
-      <w:r w:rsidR="00552BC7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00552BC7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425939E6" w14:textId="7AAA21F3" w:rsidR="00986B68" w:rsidRPr="004B1A1B" w:rsidRDefault="00986B68" w:rsidP="00E440B3">
+    <w:p w14:paraId="425939E6" w14:textId="7AAA21F3" w:rsidR="00986B68" w:rsidRPr="003B22DA" w:rsidRDefault="00986B68" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos darbuotojų pareiginės algos koeficientai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1748996D" w14:textId="59529BC7" w:rsidR="00456E68" w:rsidRPr="004B1A1B" w:rsidRDefault="00456E68" w:rsidP="00E440B3">
+    <w:p w14:paraId="1748996D" w14:textId="59529BC7" w:rsidR="00456E68" w:rsidRPr="003B22DA" w:rsidRDefault="00456E68" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Priemokų dydžiai</w:t>
       </w:r>
-      <w:r w:rsidR="00A7205C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A7205C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430C20BA" w14:textId="16086F20" w:rsidR="0008382E" w:rsidRPr="004B1A1B" w:rsidRDefault="0008382E" w:rsidP="00E440B3">
+    <w:p w14:paraId="430C20BA" w14:textId="16086F20" w:rsidR="0008382E" w:rsidRPr="003B22DA" w:rsidRDefault="0008382E" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAS priedas. Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00F66691" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F66691" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojo</w:t>
       </w:r>
-      <w:r w:rsidR="00552BC7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00552BC7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dirbančio pagal bendrojo ugdymo programas</w:t>
       </w:r>
-      <w:r w:rsidR="00552BC7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00552BC7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo krūvio sandara pagal dalykus, ugdymo ir mokymo sritis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F75E0C1" w14:textId="60DC12A9" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00477E9F" w:rsidP="00CB3DC4">
+    <w:p w14:paraId="0F75E0C1" w14:textId="60DC12A9" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00477E9F" w:rsidP="00CB3DC4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EABF231" w14:textId="6DB9EB3C" w:rsidR="00ED1E11" w:rsidRPr="004B1A1B" w:rsidRDefault="00ED1E11" w:rsidP="00AB054F">
+    <w:p w14:paraId="5EABF231" w14:textId="6DB9EB3C" w:rsidR="00ED1E11" w:rsidRPr="003B22DA" w:rsidRDefault="00ED1E11" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie </w:t>
       </w:r>
-      <w:r w:rsidR="00BA44BA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BA44BA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidR="00BA44BA" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BA44BA" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05771F2A" w14:textId="27A14AB9" w:rsidR="00ED1E11" w:rsidRPr="004B1A1B" w:rsidRDefault="00ED1E11" w:rsidP="00AB054F">
+    <w:p w14:paraId="05771F2A" w14:textId="27A14AB9" w:rsidR="00ED1E11" w:rsidRPr="003B22DA" w:rsidRDefault="00ED1E11" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00E440B3" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E440B3" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vadovo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pavaduotoj</w:t>
       </w:r>
-      <w:r w:rsidR="00C510FE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C510FE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymui pareiginės algos koeficientai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6462E963" w14:textId="77777777" w:rsidR="006B306A" w:rsidRPr="004B1A1B" w:rsidRDefault="006B306A" w:rsidP="00AB054F">
+    <w:p w14:paraId="6462E963" w14:textId="77777777" w:rsidR="006B306A" w:rsidRPr="003B22DA" w:rsidRDefault="006B306A" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FB64D30" w14:textId="0D348423" w:rsidR="00ED1E11" w:rsidRPr="004B1A1B" w:rsidRDefault="00694BAD" w:rsidP="00694BAD">
+    <w:p w14:paraId="7FB64D30" w14:textId="0D348423" w:rsidR="00ED1E11" w:rsidRPr="003B22DA" w:rsidRDefault="00694BAD" w:rsidP="00694BAD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos vadovo pavaduotojo pareiginės algos koeficientai nustatomi vadovaujantis Įstatymo nuostatomis, atsižvelgiant į pedagoginio darbo stažą, mokinių skaičių bei veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD1EAB7" w14:textId="1BB38BA1" w:rsidR="00ED1E11" w:rsidRPr="004B1A1B" w:rsidRDefault="004D134C" w:rsidP="00694BAD">
+    <w:p w14:paraId="6CD1EAB7" w14:textId="1BB38BA1" w:rsidR="00ED1E11" w:rsidRPr="003B22DA" w:rsidRDefault="004D134C" w:rsidP="00694BAD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1E11" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED1E11" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>avaduotoj</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1E11" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED1E11" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymui pareiginės algos koeficientai dėl veiklos sudėtingumo didinami</w:t>
       </w:r>
-      <w:r w:rsidR="00BC0154" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BC0154" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>esant pakankamam darbo užmokesčio fondui</w:t>
       </w:r>
-      <w:r w:rsidR="00BC0154" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BC0154" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1E11" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED1E11" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7008F6" w14:textId="1442B320" w:rsidR="004D134C" w:rsidRPr="004B1A1B" w:rsidRDefault="004D134C" w:rsidP="00773A42">
+    <w:p w14:paraId="1C7008F6" w14:textId="1442B320" w:rsidR="004D134C" w:rsidRPr="003B22DA" w:rsidRDefault="004D134C" w:rsidP="00773A42">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5 procentais už mokinių, turinčių specialiųjų ugdymosi poreikių ugdymo organizavimą, jeigu įstaigoje ugdoma (mokoma) 10 ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11147939" w14:textId="12979897" w:rsidR="004D134C" w:rsidRPr="004B1A1B" w:rsidRDefault="004D134C" w:rsidP="00773A42">
+    <w:p w14:paraId="11147939" w14:textId="12979897" w:rsidR="004D134C" w:rsidRPr="003B22DA" w:rsidRDefault="004D134C" w:rsidP="00773A42">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5 procentais jeigu įstaigoje ugdoma</w:t>
       </w:r>
-      <w:r w:rsidR="00C06E2B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C06E2B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mokoma)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 ar daugiau užsieniečių ar Lietuvos Respublikos piliečių, atvykusių gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos, dvejus metus nuo mokinio mokymosi pagal bendrojo ugdymo programas pradžios Lietuvos Respublikoj</w:t>
       </w:r>
-      <w:r w:rsidR="00694BAD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00694BAD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23970923" w14:textId="1A485EE8" w:rsidR="00ED1E11" w:rsidRPr="004B1A1B" w:rsidRDefault="00BA44BA" w:rsidP="00773A42">
+    <w:p w14:paraId="23970923" w14:textId="1A485EE8" w:rsidR="00ED1E11" w:rsidRPr="003B22DA" w:rsidRDefault="00BA44BA" w:rsidP="00773A42">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1E11" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED1E11" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>avaduotojų ugdymui pareiginės algos koeficienta</w:t>
       </w:r>
-      <w:r w:rsidR="004D134C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D134C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1E11" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED1E11" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatom</w:t>
       </w:r>
-      <w:r w:rsidR="004D134C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004D134C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1E11" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00ED1E11" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> atsižvelgiant į mokinių skaičių einamųjų metų rugsėjo 1 dieną</w:t>
       </w:r>
-      <w:r w:rsidR="00BC0154" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BC0154" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir turimą pedagoginio darbo stažą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F0D1C3" w14:textId="77777777" w:rsidR="00ED1E11" w:rsidRPr="004B1A1B" w:rsidRDefault="00ED1E11" w:rsidP="00AB054F">
+    <w:p w14:paraId="11F0D1C3" w14:textId="77777777" w:rsidR="00ED1E11" w:rsidRPr="003B22DA" w:rsidRDefault="00ED1E11" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32698459" w14:textId="14B0CEF5" w:rsidR="00A7205C" w:rsidRPr="004B1A1B" w:rsidRDefault="00773A42" w:rsidP="00773A42">
+    <w:p w14:paraId="32698459" w14:textId="14B0CEF5" w:rsidR="00A7205C" w:rsidRPr="003B22DA" w:rsidRDefault="00773A42" w:rsidP="00773A42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA9DFD5" w14:textId="730028B6" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="006B306A">
+    <w:p w14:paraId="2CA9DFD5" w14:textId="730028B6" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="006B306A">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie </w:t>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="_Hlk154603210"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkStart w:id="27" w:name="_Hlk154603210"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gimnazijos </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFCC35A" w14:textId="77777777" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="00C06E2B">
+    <w:p w14:paraId="0BFCC35A" w14:textId="77777777" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="00C06E2B">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokyklų ugdymą organizuojančių skyrių vedėjų pareiginės algos koeficientai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02302A7F" w14:textId="77777777" w:rsidR="006B306A" w:rsidRPr="004B1A1B" w:rsidRDefault="006B306A" w:rsidP="00C06E2B">
+    <w:p w14:paraId="02302A7F" w14:textId="77777777" w:rsidR="006B306A" w:rsidRPr="003B22DA" w:rsidRDefault="006B306A" w:rsidP="00C06E2B">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46C7B2A7" w14:textId="5CCE499B" w:rsidR="006B306A" w:rsidRPr="004B1A1B" w:rsidRDefault="00694BAD" w:rsidP="00694BAD">
+    <w:p w14:paraId="46C7B2A7" w14:textId="5CCE499B" w:rsidR="006B306A" w:rsidRPr="003B22DA" w:rsidRDefault="00694BAD" w:rsidP="00694BAD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokyklų ugdymą organizuojančių skyrių vedėjų pareiginės algos koeficientai nustatomi vadovaujantis Įstatymo nuostatomis, atsižvelgiant į pedagoginio darbo stažą bei veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A34E3C9" w14:textId="1812E599" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="00F169C0">
+    <w:p w14:paraId="0A34E3C9" w14:textId="1812E599" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="00F169C0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos ugdymą organizuojančių skyrių vedėjams pareiginės algos koeficientai dėl veiklos sudėtingumo didinami </w:t>
       </w:r>
-      <w:r w:rsidR="00BC0154" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BC0154" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>esant pakankamam darbo užmokesčio fondui</w:t>
       </w:r>
-      <w:r w:rsidR="00BC0154" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BC0154" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D6A2FE" w14:textId="29255C0B" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="00F169C0">
+    <w:p w14:paraId="67D6A2FE" w14:textId="29255C0B" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="00F169C0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5 procentais </w:t>
       </w:r>
-      <w:r w:rsidR="00EE2D2C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EE2D2C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">skyrių vedėjams, atsakingiems už mokinių, turinčių specialiųjų ugdymosi poreikių, ugdymo organizavimą arba </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jeigu </w:t>
       </w:r>
-      <w:r w:rsidR="00BC0154" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BC0154" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įstaigoje </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ugdoma (mokoma) </w:t>
       </w:r>
-      <w:r w:rsidR="00EE2D2C" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EE2D2C" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5 ar daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="006949EF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006949EF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F19F11" w14:textId="19CC2D9D" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="00F169C0">
+    <w:p w14:paraId="40F19F11" w14:textId="19CC2D9D" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="00F169C0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5 procentais</w:t>
       </w:r>
-      <w:r w:rsidR="003F6E54" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003F6E54" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> skyrių vedėjams, organizuojantiems ugdymą, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>jeigu įstaigoje ugdoma (mokoma) 10 ar daugiau užsieniečių ar Lietuvos Respublikos piliečių, atvykusių gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos, dvejus metus nuo mokinio mokymosi pagal bendrojo ugdymo programas pradžios Lietuvos Respublikoje</w:t>
       </w:r>
-      <w:r w:rsidR="006949EF" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006949EF" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0D42AD" w14:textId="77777777" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="00C06E2B">
+    <w:p w14:paraId="3B0D42AD" w14:textId="77777777" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="00C06E2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA92C9" w14:textId="08A7824E" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
+    <w:p w14:paraId="42BA92C9" w14:textId="08A7824E" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640C0E17" w14:textId="46A0EF87" w:rsidR="00C06E2B" w:rsidRPr="004B1A1B" w:rsidRDefault="00C06E2B" w:rsidP="00FA78E1">
+    <w:p w14:paraId="640C0E17" w14:textId="46A0EF87" w:rsidR="00C06E2B" w:rsidRPr="003B22DA" w:rsidRDefault="00C06E2B" w:rsidP="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BF2CEA" w14:textId="3275A0BE" w:rsidR="00A13A65" w:rsidRPr="004B1A1B" w:rsidRDefault="00A13A65" w:rsidP="00AB054F">
+    <w:p w14:paraId="79BF2CEA" w14:textId="3275A0BE" w:rsidR="00A13A65" w:rsidRPr="003B22DA" w:rsidRDefault="00A13A65" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie </w:t>
       </w:r>
-      <w:r w:rsidR="006B306A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006B306A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidR="006B306A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006B306A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gimnazijos </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335BC06B" w14:textId="09BE56EF" w:rsidR="00A13A65" w:rsidRPr="004B1A1B" w:rsidRDefault="0069538C" w:rsidP="00AB054F">
+    <w:p w14:paraId="335BC06B" w14:textId="09BE56EF" w:rsidR="00A13A65" w:rsidRPr="003B22DA" w:rsidRDefault="0069538C" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojų</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, mokytojų, dirbančių pagal priešmokyklinio ugdymo programą,</w:t>
       </w:r>
-      <w:r w:rsidR="00FE30C1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FE30C1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> auklėtojų</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareiginės algos koeficientai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532A4DCA" w14:textId="77777777" w:rsidR="006956D7" w:rsidRPr="004B1A1B" w:rsidRDefault="006956D7" w:rsidP="00AB054F">
+    <w:p w14:paraId="532A4DCA" w14:textId="77777777" w:rsidR="006956D7" w:rsidRPr="003B22DA" w:rsidRDefault="006956D7" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AC6BCE3" w14:textId="017F8F86" w:rsidR="0069538C" w:rsidRPr="004B1A1B" w:rsidRDefault="006956D7" w:rsidP="002A0020">
+    <w:p w14:paraId="6AC6BCE3" w14:textId="017F8F86" w:rsidR="0069538C" w:rsidRPr="003B22DA" w:rsidRDefault="006956D7" w:rsidP="002A0020">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojų, mokytojų dirbančių pagal priešmokyklinio ugdymo programą, auklėtojų pareiginės algos koeficientai nustatomi vadovaujantis Įstatymo nuostatomis, atsižvelgiant į pedagoginio darbo stažą, kvalifikacinę kategoriją bei veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA17AEC" w14:textId="24E44ACB" w:rsidR="0069538C" w:rsidRPr="004B1A1B" w:rsidRDefault="0069538C" w:rsidP="002A0020">
+    <w:p w14:paraId="6BA17AEC" w14:textId="24E44ACB" w:rsidR="0069538C" w:rsidRPr="003B22DA" w:rsidRDefault="0069538C" w:rsidP="002A0020">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pareiginės algos koeficientai dėl veiklos sudėtingumo gali būti didinami mokytojams</w:t>
       </w:r>
-      <w:r w:rsidR="006B306A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006B306A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, esant pakankamam darbo užmokesčio fondui</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE1235F" w14:textId="64A24D16" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="5CE1235F" w14:textId="64A24D16" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kai jų klasėje (grupėje) ugdomi 1-3 mokiniai, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių, didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas didinamas 2 procentais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4416CC74" w14:textId="018EF6E4" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="4416CC74" w14:textId="018EF6E4" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kai jų klasėje (grupėje) ugdomi 4-6 mokiniai, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių, didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas didinamas 3 procentais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AE48EB" w14:textId="73899E68" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="39AE48EB" w14:textId="73899E68" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kai jų klasėje (grupėje) ugdomi 7-8 mokiniai, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių, didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas didinamas 4 procentais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3043D9" w14:textId="2123C001" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="6E3043D9" w14:textId="2123C001" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kai jų klasėje (grupėje) ugdomi 9-10 mokinių, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių, didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas didinamas 5 procentais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA7CBED" w14:textId="077EA8F0" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="4CA7CBED" w14:textId="077EA8F0" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kai jų klasėje (grupėje) ugdomi 11-12 mokinių, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių, didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas didinamas 6 procentais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4712BF" w14:textId="40D005E3" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="5C4712BF" w14:textId="40D005E3" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kai jų klasėje (grupėje) ugdomi 13 ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių, didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas didinamas 7 procentais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA70673" w14:textId="472B8B64" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="2DA70673" w14:textId="472B8B64" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>mokantiems užsienieči</w:t>
       </w:r>
-      <w:r w:rsidR="00230BA2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00230BA2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar Lietuvos Respublikos pilieči</w:t>
       </w:r>
-      <w:r w:rsidR="00230BA2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00230BA2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, atvykusi</w:t>
       </w:r>
-      <w:r w:rsidR="00230BA2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00230BA2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos, dvejus metus nuo mokinio mokymosi pradžios Lietuvos Respublikoje pagal bendrojo ugdymo programas</w:t>
       </w:r>
-      <w:r w:rsidR="00F3566F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F3566F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas didinamas </w:t>
       </w:r>
-      <w:r w:rsidR="00230BA2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00230BA2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> procent</w:t>
       </w:r>
-      <w:r w:rsidR="00230BA2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00230BA2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E28C887" w14:textId="56BF2CEA" w:rsidR="00D34B41" w:rsidRPr="00296145" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
+    <w:p w14:paraId="2E28C887" w14:textId="56BF2CEA" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
-[...13 lines deleted...]
-        <w:t>mokymui namuose skirtų savaitinių pamokų skaičių per savaitę:</w:t>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>mokantiems mokinį, kuriam dėl ligos ar patologinės būklės skirtas mokymas namuose didinamas pareiginės algos pastoviosios dalies koeficientas už mokymo namie valandas, atsižvelgiant į mokymui namuose skirtų savaitinių pamokų skaičių per savaitę:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="6809" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3549"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="7720BDF5" w14:textId="77777777" w:rsidTr="0008382E">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="7720BDF5" w14:textId="77777777" w:rsidTr="0008382E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF0AF01" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
+          <w:p w14:paraId="0BF0AF01" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Kontaktinės mokymo namuose valandos (savaitinės)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B765ED4" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
+          <w:p w14:paraId="2B765ED4" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pareiginės algos pastovios dalies koeficiento didinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="18B618F8" w14:textId="77777777" w:rsidTr="0008382E">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="18B618F8" w14:textId="77777777" w:rsidTr="0008382E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E246321" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
+          <w:p w14:paraId="3E246321" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0,5 – 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14FBBE09" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
+          <w:p w14:paraId="14FBBE09" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>1 proc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="098BD22A" w14:textId="77777777" w:rsidTr="0008382E">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="098BD22A" w14:textId="77777777" w:rsidTr="0008382E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE89054" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
+          <w:p w14:paraId="1CE89054" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2 – 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20F59CC4" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
+          <w:p w14:paraId="20F59CC4" w14:textId="77777777" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2 proc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="5DCB59B7" w14:textId="77777777" w:rsidTr="0008382E">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="5DCB59B7" w14:textId="77777777" w:rsidTr="0008382E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540A4942" w14:textId="14B00FE7" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
+          <w:p w14:paraId="540A4942" w14:textId="14B00FE7" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ir daugiau</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A94511" w14:textId="6C4421E8" w:rsidR="00D34B41" w:rsidRPr="004B1A1B" w:rsidRDefault="00D34B41" w:rsidP="00D246C8">
+          <w:p w14:paraId="29A94511" w14:textId="6C4421E8" w:rsidR="00D34B41" w:rsidRPr="003B22DA" w:rsidRDefault="00D34B41" w:rsidP="00D246C8">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>proc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="328B4AC7" w14:textId="74B980DE" w:rsidR="00D966B0" w:rsidRPr="00296145" w:rsidRDefault="00296145" w:rsidP="00296145">
+    <w:p w14:paraId="328B4AC7" w14:textId="74B980DE" w:rsidR="00D966B0" w:rsidRPr="003B22DA" w:rsidRDefault="00296145" w:rsidP="00296145">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2.9. </w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dirbantiems pagal atnaujintas </w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pradinio, pagrindinio ugdymo </w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>bendrąsias</w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> programas</w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pareiginės algos koeficiento padidinimas dėl veiklos sudėtingumo (procentais) apskaičiuojamas pagal mokytojui nustatytą valandų, skiriamų ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti, skaičių padauginus iš 0,2 (t. y. iš </w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>20 procentų</w:t>
       </w:r>
-      <w:r w:rsidR="00D966B0" w:rsidRPr="00296145">
+      <w:r w:rsidR="00D966B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> padidinimo, išreikšto vieneto dalimis), padalijus iš mokytojo bendro valandų (kontaktinių ir nekontaktinių) skaičiaus ir padauginus iš 100 procentų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324F5489" w14:textId="56564298" w:rsidR="003715E3" w:rsidRPr="004B1A1B" w:rsidRDefault="00F1074A" w:rsidP="00D966B0">
+    <w:p w14:paraId="324F5489" w14:textId="56564298" w:rsidR="003715E3" w:rsidRPr="003B22DA" w:rsidRDefault="00F1074A" w:rsidP="00D966B0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pareiginės algos koeficientai dėl veiklos sudėtingumo gali būti didinami mokytojams, dirbantiems pagal priešmokyklinio ugdymo programą, esant pakankamam darbo užmokesčio fondui:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5681245E" w14:textId="046AE4A1" w:rsidR="003715E3" w:rsidRPr="004B1A1B" w:rsidRDefault="003715E3" w:rsidP="00D966B0">
+    <w:p w14:paraId="5681245E" w14:textId="046AE4A1" w:rsidR="003715E3" w:rsidRPr="003B22DA" w:rsidRDefault="003715E3" w:rsidP="00D966B0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">kai jų grupėje ugdomi </w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2 ar daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių</w:t>
       </w:r>
-      <w:r w:rsidR="003B137D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003B137D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir (arba) 1 ir daugiau mokinių, turinčių </w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>, pareiginės algos koeficientas didinamas 5 procentais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDA4246" w14:textId="1CC5582B" w:rsidR="00F1074A" w:rsidRPr="00296145" w:rsidRDefault="003715E3" w:rsidP="00D966B0">
+    <w:p w14:paraId="4DDA4246" w14:textId="1CC5582B" w:rsidR="00F1074A" w:rsidRPr="003B22DA" w:rsidRDefault="003715E3" w:rsidP="00D966B0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kai jų grupėje </w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ugd</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>omas</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vien</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar daugiau užsienie</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>tis</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba Lietuvos Respublikos pilie</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>tis</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>, atvyk</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ęs </w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>gyventi į Lietuvos Respubliką, nemokan</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>tis</w:t>
       </w:r>
-      <w:r w:rsidR="00F1074A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F1074A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> valstybinės kalbos, dvejus metus nuo mokinio mokymosi pradžios Lietuvos Respublikoje</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">, pareiginės algos koeficientas didinamas 5 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00296145">
+        <w:t>, pareiginės algos koeficientas didinamas 5 procentais.</w:t>
+      </w:r>
+      <w:r w:rsidR="00296145" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>procentais.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D190F77" w14:textId="5712CE52" w:rsidR="00296145" w:rsidRPr="00370312" w:rsidRDefault="00296145" w:rsidP="00296145">
+    <w:p w14:paraId="3D190F77" w14:textId="5712CE52" w:rsidR="00296145" w:rsidRPr="003B22DA" w:rsidRDefault="00296145" w:rsidP="00296145">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00370312">
-[...26 lines deleted...]
-    <w:p w14:paraId="7FF80111" w14:textId="3050151F" w:rsidR="003B137D" w:rsidRPr="004B1A1B" w:rsidRDefault="00154FB1" w:rsidP="00D966B0">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dirbantiems pagal atnaujintas priešmokyklinio ugdymo programas, patvirtintas Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2022 m. rugpjūčio 24 d. įsakymu Nr. V-1269 „Dėl Priešmokyklinio, pradinio, pagrindinio ir vidurinio ugdymo bendrųjų programų patvirtinimo“ bei įgyvendinantiems įtvirtinančios įtraukties švietime plėtrą, pareiginės algos pastoviosios dalies koeficientas didinamas 10 procentų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF80111" w14:textId="3050151F" w:rsidR="003B137D" w:rsidRPr="003B22DA" w:rsidRDefault="00154FB1" w:rsidP="00D966B0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00296145">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Jeigu mokytojo, dirbančio pagal bendrojo ugdymo ir neformaliojo švietimo programas, mokytojo, dirbančio pagal priešmokyklinio ugdymo programą, veikla atitinka du ar daugiau šio priedo 2</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="087310CA" w14:textId="2A51CF55" w:rsidR="00FE30C1" w:rsidRPr="004B1A1B" w:rsidRDefault="003B137D" w:rsidP="00D966B0">
+        <w:t xml:space="preserve">Jeigu mokytojo, dirbančio pagal bendrojo ugdymo ir neformaliojo švietimo programas, mokytojo, dirbančio pagal priešmokyklinio ugdymo programą, veikla atitinka du ar daugiau šio priedo 2 ar 4 punkte nustatytų kriterijų, jo pareiginės algos koeficientas didinamas ne daugiau kaip 25 procentais. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087310CA" w14:textId="2A51CF55" w:rsidR="00FE30C1" w:rsidRPr="003B22DA" w:rsidRDefault="003B137D" w:rsidP="00D966B0">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pareiginės algos koeficientai dėl veiklos sudėtingumo gali būti didinami 5 procentais auklėtojams, esant pakankamam darbo užmokesčio fondui, kai jų grupėje ugdomi </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2 ar daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių ir (arba) 1 ar daugiau mokinių, turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377C70C5" w14:textId="067B2344" w:rsidR="00F1074A" w:rsidRDefault="00F1074A" w:rsidP="00F1074A">
+    <w:p w14:paraId="377C70C5" w14:textId="067B2344" w:rsidR="00F1074A" w:rsidRPr="003B22DA" w:rsidRDefault="00F1074A" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C652EFF" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
+    <w:p w14:paraId="6C652EFF" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FC0553" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="71FC0553" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="331C74EE" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="331C74EE" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A1B3F62" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="5A1B3F62" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AE2BF9F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="6AE2BF9F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41E41F94" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="41E41F94" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73DDF758" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="73DDF758" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="796F9C1C" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="796F9C1C" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E189748" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="1E189748" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="618C2A72" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="618C2A72" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E26404B" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="4E26404B" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61574395" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="61574395" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09623016" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="09623016" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="796D35FD" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="796D35FD" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D5F86F5" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="0D5F86F5" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="531BA894" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="531BA894" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CFA06BE" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="2CFA06BE" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78D7D575" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="78D7D575" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22F58D31" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="22F58D31" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78591FB7" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
+    <w:p w14:paraId="78591FB7" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00F1074A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67F1BDB5" w14:textId="70617F42" w:rsidR="007739D8" w:rsidRPr="004B1A1B" w:rsidRDefault="007739D8" w:rsidP="007739D8">
+    <w:p w14:paraId="67F1BDB5" w14:textId="70617F42" w:rsidR="007739D8" w:rsidRPr="003B22DA" w:rsidRDefault="007739D8" w:rsidP="007739D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimnazijos darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAAC2C6" w14:textId="32D8A155" w:rsidR="00885714" w:rsidRPr="004B1A1B" w:rsidRDefault="007739D8" w:rsidP="007739D8">
+    <w:p w14:paraId="7BAAC2C6" w14:textId="32D8A155" w:rsidR="00885714" w:rsidRPr="003B22DA" w:rsidRDefault="007739D8" w:rsidP="007739D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Specialiųjų pedagogų, logopedų, karjeros specialistų pareiginės algos koeficientai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C33CB5" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020" w:rsidP="007739D8">
+    <w:p w14:paraId="01C33CB5" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020" w:rsidP="007739D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="750B17A1" w14:textId="4890099C" w:rsidR="007739D8" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020" w:rsidP="002A0020">
+    <w:p w14:paraId="750B17A1" w14:textId="4890099C" w:rsidR="007739D8" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020" w:rsidP="002A0020">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Specialiųjų pedagogų, logopedų, karjeros specialistų </w:t>
       </w:r>
-      <w:r w:rsidR="006956D7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="006956D7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareiginės algos koeficientai nustatomi vadovaujantis Įstatymo nuostatomis, atsižvelgiant į pedagoginio darbo stažą, kvalifikacinę kategoriją bei veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B4AEA0" w14:textId="53823182" w:rsidR="00870A4D" w:rsidRPr="004B1A1B" w:rsidRDefault="00870A4D" w:rsidP="002A0020">
+    <w:p w14:paraId="19B4AEA0" w14:textId="53823182" w:rsidR="00870A4D" w:rsidRPr="003B22DA" w:rsidRDefault="00870A4D" w:rsidP="002A0020">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Specialiųjų pedagogų, </w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">logopedų, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
-[...15 lines deleted...]
-      <w:r w:rsidR="00154FB1" w:rsidRPr="00370312">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>karjeros specialistų pareiginės algos pastoviosios dalies koeficientai dėl veiklos sudėtingumo didina</w:t>
+      </w:r>
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="00370312">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="00370312">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00296145" w:rsidRPr="00370312">
+      <w:r w:rsidR="00296145" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="00370312">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>procent</w:t>
       </w:r>
-      <w:r w:rsidR="00296145" w:rsidRPr="00370312">
+      <w:r w:rsidR="00296145" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidRPr="00370312">
-[...15 lines deleted...]
-      <w:r w:rsidR="00154FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, esant pakankamam darbo užmokesčio fondui</w:t>
+      </w:r>
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, kai </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>special</w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>usis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagog</w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">logopedas, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>karjeros specialist</w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>dirba su vienu ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
-      <w:r w:rsidR="00154FB1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00154FB1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642272BC" w14:textId="1C0F1493" w:rsidR="00870A4D" w:rsidRPr="004B1A1B" w:rsidRDefault="00870A4D" w:rsidP="0039658A">
+    <w:p w14:paraId="642272BC" w14:textId="1C0F1493" w:rsidR="00870A4D" w:rsidRPr="003B22DA" w:rsidRDefault="00870A4D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Specialiajam pedagogui (ar kitiems specialistams)</w:t>
       </w:r>
-      <w:r w:rsidR="0039658A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0039658A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> teikian</w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>čiam</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> specialiąją pedagoginę pagalbą mokiniams, kuriems dėl ligos ar patologinės būklės skirtas mokymas namuose</w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos pastoviosios dalies koeficientas </w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">didinamas </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5 procentais</w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, esant pakankamam darbo užmokesčio fondui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42983AF6" w14:textId="1755CF1C" w:rsidR="00870A4D" w:rsidRPr="004B1A1B" w:rsidRDefault="00870A4D">
+    <w:p w14:paraId="42983AF6" w14:textId="1755CF1C" w:rsidR="00870A4D" w:rsidRPr="003B22DA" w:rsidRDefault="00870A4D">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E229B88" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
+    <w:p w14:paraId="0E229B88" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C3A416" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="12C3A416" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A6C3240" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="5A6C3240" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79192224" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="79192224" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="290DA7C6" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="290DA7C6" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D47A1D3" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="2D47A1D3" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="202F2B99" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="202F2B99" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EED62C3" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="6EED62C3" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35F5FA67" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="35F5FA67" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21B34982" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="21B34982" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09CE0A1B" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="09CE0A1B" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31840CA4" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="31840CA4" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="585894F0" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="585894F0" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AA87351" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="6AA87351" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="117D6F65" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="117D6F65" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E771BE1" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="3E771BE1" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0229B4E9" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="0229B4E9" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="546BBCD5" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="546BBCD5" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38AE23D9" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="38AE23D9" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64B8D28F" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="64B8D28F" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="463E024D" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="463E024D" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D9BA977" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="7D9BA977" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="290B7B98" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
+    <w:p w14:paraId="290B7B98" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="003B22DA" w:rsidRDefault="002A0020">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="394EC5E8" w14:textId="77777777" w:rsidR="002A0020" w:rsidRPr="004B1A1B" w:rsidRDefault="002A0020">
-[...9 lines deleted...]
-    <w:p w14:paraId="1DA9073B" w14:textId="4D0E499A" w:rsidR="00870A4D" w:rsidRPr="004B1A1B" w:rsidRDefault="00870A4D" w:rsidP="00870A4D">
+    <w:p w14:paraId="1DA9073B" w14:textId="4D0E499A" w:rsidR="00870A4D" w:rsidRPr="003B22DA" w:rsidRDefault="00870A4D" w:rsidP="00870A4D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimnazijos darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76233627" w14:textId="35375D40" w:rsidR="00870A4D" w:rsidRPr="004B1A1B" w:rsidRDefault="00870A4D" w:rsidP="00870A4D">
+    <w:p w14:paraId="76233627" w14:textId="35375D40" w:rsidR="00870A4D" w:rsidRPr="003B22DA" w:rsidRDefault="00870A4D" w:rsidP="00870A4D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Psichologų</w:t>
       </w:r>
-      <w:r w:rsidR="00FE30C1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FE30C1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, socialinių pedagogų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos koeficientai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BBC68F" w14:textId="64C145C1" w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B" w:rsidRDefault="00CB3DC4" w:rsidP="00694BAD">
+    <w:p w14:paraId="38BBC68F" w14:textId="64C145C1" w:rsidR="00CB3DC4" w:rsidRPr="003B22DA" w:rsidRDefault="00CB3DC4" w:rsidP="00694BAD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Psichologų, socialinių pedagogų pareiginės algos koeficientai nustatomi vadovaujantis Įstatymo nuostatomis, atsižvelgiant į pedagoginio darbo stažą, kvalifikacinę kategoriją bei veiklos sudėtingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622D2077" w14:textId="03417BCA" w:rsidR="00870A4D" w:rsidRPr="004B1A1B" w:rsidRDefault="00870A4D" w:rsidP="00694BAD">
+    <w:p w14:paraId="622D2077" w14:textId="03417BCA" w:rsidR="00870A4D" w:rsidRPr="003B22DA" w:rsidRDefault="00870A4D" w:rsidP="00694BAD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Psichologams, </w:t>
       </w:r>
-      <w:r w:rsidR="00FE30C1" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FE30C1" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>socialiniams pedagogams</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
-[...15 lines deleted...]
-      <w:r w:rsidR="00296145" w:rsidRPr="00370312">
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  dirbantiems su vienu ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių, pareiginės algos pastoviosios dalies koeficientas dėl veiklos sudėtingumo didinamas </w:t>
+      </w:r>
+      <w:r w:rsidR="00296145" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00370312">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>procent</w:t>
       </w:r>
-      <w:r w:rsidR="00296145" w:rsidRPr="00370312">
+      <w:r w:rsidR="00296145" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidR="00DB5276" w:rsidRPr="00370312">
-[...15 lines deleted...]
-      <w:r w:rsidR="007E7117" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00DB5276" w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, esant pakankamam darbo užmokesčio fondui</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7117" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22096C26" w14:textId="60B5612F" w:rsidR="007739D8" w:rsidRDefault="007739D8">
+    <w:p w14:paraId="22096C26" w14:textId="60B5612F" w:rsidR="007739D8" w:rsidRPr="003B22DA" w:rsidRDefault="007739D8">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="644B77B6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
+    <w:p w14:paraId="644B77B6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB4EF42" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="1CB4EF42" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31DDFC9A" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="31DDFC9A" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="576FCBB6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="576FCBB6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="154B88EA" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="154B88EA" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09DF3957" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="09DF3957" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57973AE8" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="57973AE8" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FDBD5DD" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="3FDBD5DD" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27563EF9" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="27563EF9" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C41455B" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="3C41455B" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A445ACC" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="5A445ACC" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A402A90" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="6A402A90" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A7892B6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="3A7892B6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="474973E2" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="474973E2" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6ABA6BA6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="6ABA6BA6" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59B92D50" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="59B92D50" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DAACD31" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="5DAACD31" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CC9F27D" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="0CC9F27D" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51184346" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="51184346" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BCBA110" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6014E75F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="0ED4365D" w14:textId="77777777" w:rsidR="00D15C8F" w:rsidRPr="003B22DA" w:rsidRDefault="00D15C8F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33D8AC76" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="6014E75F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="799972D1" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="33D8AC76" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D38C41D" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="799972D1" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554B5431" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="5D38C41D" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68E57E4A" w14:textId="51C9E070" w:rsidR="0056628A" w:rsidRPr="004B1A1B" w:rsidRDefault="0056628A" w:rsidP="00AB054F">
+    <w:p w14:paraId="554B5431" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E57E4A" w14:textId="51C9E070" w:rsidR="0056628A" w:rsidRPr="003B22DA" w:rsidRDefault="0056628A" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie </w:t>
       </w:r>
-      <w:r w:rsidR="00E24DD2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E24DD2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidR="00E24DD2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E24DD2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gimnazijos </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E4A1E2" w14:textId="621060BC" w:rsidR="0056628A" w:rsidRPr="004B1A1B" w:rsidRDefault="0056628A" w:rsidP="00AB054F">
+    <w:p w14:paraId="06E4A1E2" w14:textId="621060BC" w:rsidR="0056628A" w:rsidRPr="003B22DA" w:rsidRDefault="0056628A" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos darbuotojų pareigin</w:t>
       </w:r>
-      <w:r w:rsidR="00986B68" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00986B68" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ės</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> algos koeficientai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0516A199" w14:textId="16DB922D" w:rsidR="00E24DD2" w:rsidRPr="004B1A1B" w:rsidRDefault="0056628A" w:rsidP="007E72FE">
+    <w:p w14:paraId="0516A199" w14:textId="16DB922D" w:rsidR="00E24DD2" w:rsidRPr="003B22DA" w:rsidRDefault="0056628A" w:rsidP="007E72FE">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos Darbuotojų, išskyrus Įstaigos vadovą, mokyklų vadovų pavaduotojus ugdymui, mokyklų ugdymą organizuojančių skyrių vedėjus, mokytojus, (išskyrus trenerius), </w:t>
       </w:r>
-      <w:r w:rsidR="007E72FE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007E72FE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priešmokyklinio ugdymo mokytojus, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>taip pat specialiuosius pedagogus, logopedus, karjeros specialistus, psichologus, socialinius pedagogus, auklėtojus</w:t>
       </w:r>
-      <w:r w:rsidR="007E72FE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007E72FE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos koeficientai nustatomi vadovaujantis Įstatymo nuostatomis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79EFFD91" w14:textId="08FC29C5" w:rsidR="00023933" w:rsidRPr="004B1A1B" w:rsidRDefault="0056628A" w:rsidP="0039658A">
+    <w:p w14:paraId="79EFFD91" w14:textId="08FC29C5" w:rsidR="00023933" w:rsidRPr="003B22DA" w:rsidRDefault="0056628A" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">1 punkte nurodytų </w:t>
       </w:r>
-      <w:r w:rsidR="00023933" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00023933" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos D</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>arbuotojų</w:t>
       </w:r>
-      <w:r w:rsidR="00023933" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00023933" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos</w:t>
       </w:r>
-      <w:r w:rsidR="00AF3A04" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF3A04" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00023933" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00023933" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>koeficiento dydis nustatomas atsižvelgianti į tokius kriterijus, kaip:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F9D0D0" w14:textId="0B0A6822" w:rsidR="001D0288" w:rsidRPr="004B1A1B" w:rsidRDefault="00023933" w:rsidP="0039658A">
+    <w:p w14:paraId="39F9D0D0" w14:textId="0B0A6822" w:rsidR="001D0288" w:rsidRPr="003B22DA" w:rsidRDefault="00023933" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbo patirtis</w:t>
       </w:r>
-      <w:r w:rsidR="009A44B5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="009A44B5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00462227" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00462227" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(vertinant tokius kriterijus, kaip įstaiga, kurioje įgyta darbo patirtis, sritis,</w:t>
       </w:r>
-      <w:r w:rsidR="00405A1D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00405A1D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikotarpis</w:t>
       </w:r>
-      <w:r w:rsidR="00A9216A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A9216A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00BD33E7" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BD33E7" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>atsakomybės</w:t>
       </w:r>
-      <w:r w:rsidR="00405A1D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00405A1D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="001D0288" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001D0288" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF3A04" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF3A04" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">minimalus </w:t>
       </w:r>
-      <w:r w:rsidR="001D0288" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001D0288" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pareiginės algos koeficientas, atsižvelgiant į darbo stažą didinamas:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="8292" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3145"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="1000"/>
         <w:gridCol w:w="1000"/>
         <w:gridCol w:w="1000"/>
         <w:gridCol w:w="1107"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="2D3ECD5E" w14:textId="77777777" w:rsidTr="00230BA2">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="2D3ECD5E" w14:textId="77777777" w:rsidTr="00230BA2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3175" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="327A5984" w14:textId="1988DEBA" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="327A5984" w14:textId="1988DEBA" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Darbo stažas (metais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5A5F4D" w14:textId="2F4212B1" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="2A5A5F4D" w14:textId="2F4212B1" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuo 2 iki 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6806C88A" w14:textId="3BCF93C3" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="6806C88A" w14:textId="3BCF93C3" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuo 10 iki 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67483F7B" w14:textId="337908D7" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="67483F7B" w14:textId="337908D7" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuo 15 iki 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59B83A5B" w14:textId="056D97A3" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="59B83A5B" w14:textId="056D97A3" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuo 20 iki 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA3ABC0" w14:textId="1B573DF0" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="0BA3ABC0" w14:textId="1B573DF0" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>25 ir daugiau</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w14:paraId="41F197B0" w14:textId="77777777" w:rsidTr="00230BA2">
+      <w:tr w:rsidR="00230BA2" w:rsidRPr="003B22DA" w14:paraId="41F197B0" w14:textId="77777777" w:rsidTr="00230BA2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3175" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D595428" w14:textId="58DCDF0C" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="5D595428" w14:textId="58DCDF0C" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pareiginės algos koeficiento didinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28D6C6EA" w14:textId="14D3CDF8" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="28D6C6EA" w14:textId="14D3CDF8" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0,035</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5299D82C" w14:textId="619259DD" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="5299D82C" w14:textId="619259DD" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0,04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7306EFAA" w14:textId="5C87D26A" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="7306EFAA" w14:textId="5C87D26A" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C254B3C" w14:textId="5787234F" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="6C254B3C" w14:textId="5787234F" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0,06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC42E03" w14:textId="2C711501" w:rsidR="00230BA2" w:rsidRPr="004B1A1B" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
+          <w:p w14:paraId="6DC42E03" w14:textId="2C711501" w:rsidR="00230BA2" w:rsidRPr="003B22DA" w:rsidRDefault="00230BA2" w:rsidP="00E440B3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0,07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="357A8CC0" w14:textId="77777777" w:rsidR="00F64717" w:rsidRPr="004B1A1B" w:rsidRDefault="00F64717" w:rsidP="00E440B3">
+    <w:p w14:paraId="357A8CC0" w14:textId="77777777" w:rsidR="00F64717" w:rsidRPr="003B22DA" w:rsidRDefault="00F64717" w:rsidP="00E440B3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79C97127" w14:textId="5B8D0E52" w:rsidR="00740A7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00740A7D" w:rsidP="0039658A">
+    <w:p w14:paraId="79C97127" w14:textId="5B8D0E52" w:rsidR="00740A7D" w:rsidRPr="003B22DA" w:rsidRDefault="00740A7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>veiklos sudėtingumas</w:t>
       </w:r>
-      <w:r w:rsidR="00A729CB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A729CB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, kai darbuotojas: </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>atlieka sudėtingas, didelės apimties užduotis, reikalaujančias nestandartinių sprendimų</w:t>
       </w:r>
-      <w:r w:rsidR="00A729CB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A729CB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">; geba suprasti </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>užduoties kontekst</w:t>
       </w:r>
-      <w:r w:rsidR="00A729CB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A729CB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ą, atlieka jas savarankiškai, prisiima asmeninę atsakomybę, teikia skubią informaciją</w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(raštu, žodžiu)</w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">; valdo </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>konfliktin</w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">es </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>situ</w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>acijas;</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nagrinėja ir sprendžia </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>sudėting</w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> klausim</w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>us;</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> analizuoja ir apibendrina pateiktą medžiagą) – </w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">minimalus pareiginės algos koeficientas didinamas </w:t>
       </w:r>
-      <w:r w:rsidR="00955C5B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00955C5B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>0,</w:t>
       </w:r>
-      <w:r w:rsidR="008E024B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008E024B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="002E1661" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002E1661" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4006CD2B" w14:textId="5F00BC35" w:rsidR="00740A7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00955C5B" w:rsidP="0039658A">
+    <w:p w14:paraId="4006CD2B" w14:textId="5F00BC35" w:rsidR="00740A7D" w:rsidRPr="003B22DA" w:rsidRDefault="00955C5B" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>tsakomybės lygis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, kai darbuotojo darbas tiesiogiai susijęs su kitų darbuotojų vykdoma veikla ir darbuotojas atsakingas už tų darbuotojų darbo kokybę ir indėlį įgyvendinant mokyklos veiklą) – </w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>minimalus pareiginės algos koeficientas didinamas 0</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008E024B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008E024B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="002E1661" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002E1661" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="443BB3A5" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00955C5B" w:rsidP="0039658A">
+    <w:p w14:paraId="443BB3A5" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00955C5B" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>apildomi įgūdžiai</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, kai darbuotojo turima </w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbo patirti</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">geri </w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>bendravimo įgūdži</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ai,</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gebėjimas taikyti turimas </w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>teisin</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, raštvedybos žini</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nuolatinis asmeninis </w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>profesinis tobulėjimas</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prisideda prie sėkmingos įstaigos veiklos</w:t>
       </w:r>
-      <w:r w:rsidR="00740A7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00740A7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00A57A0A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A57A0A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">minimalus pareiginės algos koeficientas didinamas </w:t>
       </w:r>
-      <w:r w:rsidR="008E024B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008E024B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>0,0</w:t>
       </w:r>
-      <w:r w:rsidR="002E1661" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002E1661" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="008E024B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="008E024B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E014EE" w14:textId="3F6F7A94" w:rsidR="0008382E" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="0039658A">
+    <w:p w14:paraId="56E014EE" w14:textId="3F6F7A94" w:rsidR="0008382E" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00AF3A04" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00AF3A04" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>areiginės algos minimalus koeficientas didinamas, esant pakankamam darbo užmokesčio fondui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B9F633" w14:textId="77777777" w:rsidR="008E024B" w:rsidRPr="004B1A1B" w:rsidRDefault="008E024B" w:rsidP="008E024B">
+    <w:p w14:paraId="76B9F633" w14:textId="77777777" w:rsidR="008E024B" w:rsidRPr="003B22DA" w:rsidRDefault="008E024B" w:rsidP="008E024B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C8E4955" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="6C8E4955" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02988273" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
+    <w:p w14:paraId="02988273" w14:textId="77777777" w:rsidR="00E440B3" w:rsidRPr="003B22DA" w:rsidRDefault="00E440B3" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3EF165" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="0F3EF165" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55C4F4DC" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="55C4F4DC" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1659EBF6" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="1659EBF6" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A6511A1" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="1A6511A1" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74E8941B" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="74E8941B" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63685A86" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="63685A86" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BF344A1" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="1BF344A1" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A041345" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="3A041345" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D133231" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
+    <w:p w14:paraId="1D133231" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="003B22DA" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C6A6F05" w14:textId="77777777" w:rsidR="007E72FE" w:rsidRPr="004B1A1B" w:rsidRDefault="007E72FE" w:rsidP="00E440B3">
-[...14 lines deleted...]
-    <w:p w14:paraId="4960E76C" w14:textId="3DDD1AB0" w:rsidR="00986B68" w:rsidRPr="004B1A1B" w:rsidRDefault="00986B68" w:rsidP="00E440B3">
+    <w:p w14:paraId="4960E76C" w14:textId="3DDD1AB0" w:rsidR="00986B68" w:rsidRPr="003B22DA" w:rsidRDefault="00986B68" w:rsidP="00E440B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie </w:t>
       </w:r>
-      <w:r w:rsidR="00A05EC5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A05EC5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidR="00A05EC5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00A05EC5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259AFA98" w14:textId="7752149C" w:rsidR="00986B68" w:rsidRPr="004B1A1B" w:rsidRDefault="00986B68" w:rsidP="00AB054F">
+    <w:p w14:paraId="259AFA98" w14:textId="7752149C" w:rsidR="00986B68" w:rsidRPr="003B22DA" w:rsidRDefault="00986B68" w:rsidP="00AB054F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Priemokų dydžiai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2636ED07" w14:textId="66517A20" w:rsidR="00986B68" w:rsidRPr="004B1A1B" w:rsidRDefault="00986B68" w:rsidP="0039658A">
+    <w:p w14:paraId="2636ED07" w14:textId="66517A20" w:rsidR="00986B68" w:rsidRPr="003B22DA" w:rsidRDefault="00986B68" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Vadovaujantis DAS VI skyriumi „Priemokos“, </w:t>
       </w:r>
-      <w:r w:rsidR="004F60DB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004F60DB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nustatomi šie priemokų dydžių inter</w:t>
       </w:r>
-      <w:r w:rsidR="00B96DE6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B96DE6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>valai</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1760924E" w14:textId="03CA2234" w:rsidR="00B8500A" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8740D" w:rsidP="0039658A">
+    <w:p w14:paraId="1760924E" w14:textId="03CA2234" w:rsidR="00B8500A" w:rsidRPr="003B22DA" w:rsidRDefault="00C8740D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>už pavadavimą, kai raštu pavedama laikinai atlikti kito darbuotojo pareigybei nustatytas funkcijas</w:t>
       </w:r>
-      <w:r w:rsidR="007E72FE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007E72FE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0086240D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0086240D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>nuo 10 procentų p</w:t>
       </w:r>
-      <w:r w:rsidR="00B8500A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B8500A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">areiginės algos iki </w:t>
       </w:r>
-      <w:r w:rsidR="00477E9F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00477E9F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
-      <w:r w:rsidR="00B8500A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B8500A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> procentų pareiginės algos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E62DD8" w14:textId="73C7A4B7" w:rsidR="00B8500A" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8740D" w:rsidP="0039658A">
+    <w:p w14:paraId="24E62DD8" w14:textId="73C7A4B7" w:rsidR="00B8500A" w:rsidRPr="003B22DA" w:rsidRDefault="00C8740D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>už papildomų raštu suformuluotų užduočių atlikimą, kai dėl to viršijamas įprastas darbo krūvis arba kai atliekamos pareigybės aprašyme nenumatytos funkcijos</w:t>
       </w:r>
-      <w:r w:rsidR="00B8500A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B8500A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – nuo 10 procentų Įstaigos darbuotojo pareiginės algos iki </w:t>
       </w:r>
-      <w:r w:rsidR="00477E9F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00477E9F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
-      <w:r w:rsidR="00B8500A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B8500A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> procentų pareiginės algos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0CB25E" w14:textId="2208DD52" w:rsidR="00986B68" w:rsidRPr="004B1A1B" w:rsidRDefault="00C8740D" w:rsidP="0039658A">
+    <w:p w14:paraId="2F0CB25E" w14:textId="2208DD52" w:rsidR="00986B68" w:rsidRPr="003B22DA" w:rsidRDefault="00C8740D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>už įprastą darbo krūvį viršijančią veiklą, kai yra padidėjęs darbų mastas, atliekant pareigybės aprašyme nustatytas funkcijas, bet neviršijama nustatyta darbo laiko trukmė</w:t>
       </w:r>
-      <w:r w:rsidR="00B8500A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B8500A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – nuo 10 procentų pareiginės algos iki </w:t>
       </w:r>
-      <w:r w:rsidR="00477E9F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00477E9F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
-      <w:r w:rsidR="00B8500A" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B8500A" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> procentų pareiginės algos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074B4648" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00B96DE6" w:rsidP="0039658A">
+    <w:p w14:paraId="074B4648" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00B96DE6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Nustatant konkretų priemokos</w:t>
       </w:r>
-      <w:r w:rsidR="00F05A60" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F05A60" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, skiriamos Įstaigos darbuotojui,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dydį </w:t>
       </w:r>
-      <w:r w:rsidR="00F05A60" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F05A60" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gali būti </w:t>
       </w:r>
-      <w:r w:rsidR="00E718B0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E718B0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vertinami tokie kriterijai, kaip </w:t>
       </w:r>
-      <w:r w:rsidR="00F05A60" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F05A60" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>pavaduojamo darbuotojo</w:t>
       </w:r>
-      <w:r w:rsidR="00257E6D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00257E6D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo veiklos specifiškumas</w:t>
       </w:r>
-      <w:r w:rsidR="00194FA9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00194FA9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00257E6D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00257E6D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F23FB2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F23FB2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>dėstomo dalyko specifiškumas</w:t>
       </w:r>
-      <w:r w:rsidR="00194FA9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00194FA9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00BB38A5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BB38A5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA2991" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CA2991" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">darbas su </w:t>
       </w:r>
-      <w:r w:rsidR="00BB38A5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BB38A5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>special</w:t>
       </w:r>
-      <w:r w:rsidR="00CA2991" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CA2991" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>iųjų</w:t>
       </w:r>
-      <w:r w:rsidR="00BB38A5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BB38A5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00477E9F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00477E9F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ugdymosi </w:t>
       </w:r>
-      <w:r w:rsidR="00BB38A5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BB38A5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>poreikių turin</w:t>
       </w:r>
-      <w:r w:rsidR="00CA2991" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CA2991" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>čiais</w:t>
       </w:r>
-      <w:r w:rsidR="00BB38A5" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BB38A5" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokiniai</w:t>
       </w:r>
-      <w:r w:rsidR="00CA2991" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CA2991" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00194FA9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00194FA9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00EB1F42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EB1F42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> papildom</w:t>
       </w:r>
-      <w:r w:rsidR="00D27A7B" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D27A7B" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
-      <w:r w:rsidR="00EB1F42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EB1F42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> atliktų užduočių kiekis</w:t>
       </w:r>
-      <w:r w:rsidR="00194FA9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00194FA9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00EB1F42" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00EB1F42" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F8043D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00F8043D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ar papildomų užduočių atlikimu prisidėta prie Įstaigos žinomumo, </w:t>
       </w:r>
-      <w:r w:rsidR="00922D78" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00922D78" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos vizijos siekimo, Įstaigos numatyto plan</w:t>
       </w:r>
-      <w:r w:rsidR="007517D0" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="007517D0" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>ų ir tikslų įgyvendinimo ir Įstaigai iškeltų lūkesčių viršijimo</w:t>
       </w:r>
-      <w:r w:rsidR="001F569E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="001F569E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">; Įstaigos vertybių </w:t>
       </w:r>
-      <w:r w:rsidR="0027671F" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="0027671F" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>puoselėjimo</w:t>
       </w:r>
-      <w:r w:rsidR="00C31CAB" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00C31CAB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00922D78" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00922D78" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kt.; </w:t>
       </w:r>
-      <w:r w:rsidR="00BB0525" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BB0525" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kiek atliekamos pareigybės aprašyme nenumatytos funkcijos nutolusios nuo darbuotojo vykdomos darbo funkcij</w:t>
       </w:r>
-      <w:r w:rsidR="00194FA9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00194FA9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00BB0525" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00BB0525" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00194FA9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00194FA9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00410D85" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00410D85" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> papildomų ar </w:t>
       </w:r>
-      <w:r w:rsidR="004949D2" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="004949D2" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>specialių žinių ar įgūdžių reikalingumas</w:t>
       </w:r>
-      <w:r w:rsidR="00965F85" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00965F85" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir kt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75489FED" w14:textId="45E9B81D" w:rsidR="00914C7D" w:rsidRDefault="00914C7D">
+    <w:p w14:paraId="75489FED" w14:textId="45E9B81D" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CA83E7F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
+    <w:p w14:paraId="1CA83E7F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1" w:rsidP="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DDE508" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="35DDE508" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26C42DBF" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="26C42DBF" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7831DA30" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="7831DA30" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44C311B8" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="44C311B8" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AA76853" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="2AA76853" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C5AE987" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B50F994" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="006D104B" w14:textId="77777777" w:rsidR="00D15C8F" w:rsidRPr="003B22DA" w:rsidRDefault="00D15C8F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BF110BC" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="5B50F994" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E8A4E0F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="6BF110BC" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13973128" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="3E8A4E0F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46BBE62F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="13973128" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4160AF23" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="46BBE62F" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="678C5651" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="4160AF23" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D91386A" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="678C5651" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F47FB11" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="3D91386A" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B6133E7" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="0F47FB11" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53C86424" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="004B1A1B" w:rsidRDefault="00FA78E1">
+    <w:p w14:paraId="1B6133E7" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C1A2295" w14:textId="7FA8E317" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="00914C7D">
+    <w:p w14:paraId="53C86424" w14:textId="77777777" w:rsidR="00FA78E1" w:rsidRPr="003B22DA" w:rsidRDefault="00FA78E1">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C1A2295" w14:textId="7FA8E317" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="00914C7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Priedas Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3DC4" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00CB3DC4" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prie Šiaulių </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ragainės pro</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimnazijos darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D759D2" w14:textId="662A9EC7" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="00914C7D">
+    <w:p w14:paraId="77D759D2" w14:textId="662A9EC7" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="00914C7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojo dirbančio pagal bendrojo ugdymo programas darbo krūvio sandara pagal dalykus, ugdymo ir mokymo sritis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546F1E81" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="00914C7D">
+    <w:p w14:paraId="546F1E81" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="00914C7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="163FDADB" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="004B1A1B" w:rsidRDefault="00965F85" w:rsidP="0039658A">
+    <w:p w14:paraId="163FDADB" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="003B22DA" w:rsidRDefault="00965F85" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokytojo darbo krūvį ir jo sandarą mokslo metams nustato </w:t>
       </w:r>
-      <w:r w:rsidR="00D518DE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D518DE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įstaigos vadovas</w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, laikydamasis </w:t>
       </w:r>
-      <w:r w:rsidR="00885E20" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00885E20" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lietuvos respublikos biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijų narių atlygio už darbą įstatymo</w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 priedo 7 punkto nuostatų, Lietuvos Respublikos švietimo, mokslo ir sporto ministro įsakymu </w:t>
       </w:r>
-      <w:r w:rsidR="00885E20" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00885E20" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dėl mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veiklų mokyklos bendruomenei aprašo ir mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veiklų, susijusių su profesiniu tobulėjimu, aprašo patvirtinimo</w:t>
       </w:r>
-      <w:r w:rsidR="00FE4897" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00FE4897" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymu V-184, neviršydamas </w:t>
       </w:r>
-      <w:r w:rsidR="00885E20" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00885E20" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įstaigai</w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> skirtų ugdymo</w:t>
       </w:r>
-      <w:r w:rsidR="00885E20" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00885E20" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> plano įgyvendinimo</w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00885E20" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00885E20" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lėšų</w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321E95DD" w14:textId="7A6286F9" w:rsidR="00B91824" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="321E95DD" w14:textId="7A6286F9" w:rsidR="00B91824" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokytojų, įgyvendinančių tą pačią programą, darbo krūvio sandara gali skirtis dėl skirtingo darbo krūvio pasiskirstymo tarp funkcijų grupių, dėl skirtingų kontaktinio ir nekontaktinio darbo proporcijų, </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prog</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>imnazijos darbo apmokėjimo tvarkoje sutartų kriterijų taikymo, mokytojo kompetencijų ir kitų aplinkybių</w:t>
       </w:r>
-      <w:r w:rsidR="00B91824" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B91824" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA71D2B" w14:textId="32AD017B" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="1AA71D2B" w14:textId="32AD017B" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokytojų darbo krūvio sandara nustatoma pagal šiuos kriterijus:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1816AE40" w14:textId="338D249F" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="006D344E" w:rsidP="0039658A">
+    <w:p w14:paraId="1816AE40" w14:textId="338D249F" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="006D344E" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dalyko </w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ugdymo (mokymo) programą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3927867F" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="3927867F" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kvalifikacinę kategoriją;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5F8749" w14:textId="1BEA4802" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="0039658A">
+    <w:p w14:paraId="3C5F8749" w14:textId="1BEA4802" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pedagoginio </w:t>
       </w:r>
-      <w:r w:rsidR="00914C7D" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00914C7D" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbo stažą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D5CA7F" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="37D5CA7F" w14:textId="77777777" w:rsidR="00914C7D" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinių skaičių (klasės dydį).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797A208D" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="797A208D" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokytojo darbo krūvis nustatomas mokslo metams, tačiau per mokslo metus gali būti keičiamas, pasikeitus ugdomų klasių, mobilių grupių, dalykų, pasirenkamųjų dalykų, dalykų modulių, ugdomų mokinių skaičiui bei pasikeitus veikloms bendruomenei.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015D9F27" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="015D9F27" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Susitarimas dėl veiklų bendruomenei peržiūrimas 2 kartus metuose, arba esant poreikiui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6980A81E" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="6980A81E" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokytojo darbo krūvio pasiskirstymas tarp funkcijų grupių, įvertinus </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prog</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>imnazijos poreikius bei finansines galimybes ir siejant su mokytojų darbo krūvio sandaros nustatymo kriterijais, kiekvienais mokslo metais gali keisti</w:t>
       </w:r>
-      <w:r w:rsidR="003F7854" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003F7854" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427D66C6" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="427D66C6" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokytojų, dirbančių pagal bendrojo ugdymo ir neformaliojo švietimo programas darbo laikas per savaitę 36 val.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA4FC0C" w14:textId="570DAB9C" w:rsidR="00E112C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="4CA4FC0C" w14:textId="570DAB9C" w:rsidR="00E112C6" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokytojų, dirbančių pagal bendrojo ugdymo, neformaliojo švietimo programas (išskyrus priešmokyklinio ugdymo programas), darbo krūvio sandara (nustatyta vienai mokytojo pareigybei, kai darbo laiko norma – 1512 valandos per mokslo metus):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B6E4686" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="5B6E4686" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kontaktinės valandos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7A683E" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="3B7A683E" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kontaktinių valandų skaičius </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokytojo, dirbančio pagal bendrojo ugdymo ar formalųjį švietimą papildančio ugdymo programą, neformaliojo švietimo programą, pareigybei </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">per mokslo metus </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nustatomas pagal ugdymo (mokymo) planuose numatytas valandas, mokytojo, dirbančio pagal neformaliojo švietimo programą (išskyrus priešmokyklinio ir formalųjį švietimą papildančio ugdymo programas), pareigybei – pagal programoje numatytas valandas, laikantis Įstatymo nuostatų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="150A2250" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="150A2250" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokytojui, dirbančiam pagal bendrojo ugdymo programas, per metus vienam etatui skiriama ne daugiau kaip 888 kontaktinės valandos privalomiems dalykams pagal bendruosius ugdymo planus, kuriuos tvirtina švietimo, mokslo ir sporto ministras, mokyti; tuo atveju ne mažiau kaip 355 valandos skiriamos ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti; ne mažiau kaip 152 valandos gali būti skiriamos vadovauti klasei (grupei);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBB6A0A" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="7BBB6A0A" w14:textId="77777777" w:rsidR="00E112C6" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokytojui (jeigu jo pedagoginis darbo stažas iki 2 metų), dirbančiam pagal bendrojo ugdymo programas, per metus vienam etatui skiriama ne daugiau kaip 756 kontaktinės valandos, o </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>dirbančiam pagal neformaliojo švietimo programas (išskyrus priešmokyklinio ugdymo programas) – ne daugiau kaip 924 kontaktinės valandos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5598B0D5" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="5598B0D5" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>alandos, skirtos ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42CD9BE7" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="004B1A1B" w:rsidRDefault="003B68C9" w:rsidP="0039658A">
+    <w:p w14:paraId="42CD9BE7" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="003B22DA" w:rsidRDefault="003B68C9" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>valandos skiriamos v</w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>adovaujantis L</w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ietuvos Respublikos švietimo, mokslo ir sporto ministro įsakymu „Dėl mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), darbo krūvio sandaros nustatymo tvarkos aprašo patvirtinimo“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076FE266" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="076FE266" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>valandos, skirtos vadovauti klasei (grupei)</w:t>
       </w:r>
-      <w:r w:rsidR="003B68C9" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="003B68C9" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754B5B9F" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="004B1A1B" w:rsidRDefault="003B68C9" w:rsidP="0039658A">
+    <w:p w14:paraId="754B5B9F" w14:textId="77777777" w:rsidR="003B68C9" w:rsidRPr="003B22DA" w:rsidRDefault="003B68C9" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">valandos </w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">skiriamos </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>adovaujantis L</w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ietuvos Respublikos švietimo, mokslo ir sporto ministro įsakymu „Dėl mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), darbo krūvio sandaros nustatymo tvarkos aprašo patvirtinimo“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCE2AA2" w14:textId="1A753F8E" w:rsidR="003B68C9" w:rsidRPr="004B1A1B" w:rsidRDefault="003B68C9" w:rsidP="0039658A">
+    <w:p w14:paraId="6FCE2AA2" w14:textId="1A753F8E" w:rsidR="003B68C9" w:rsidRPr="003B22DA" w:rsidRDefault="003B68C9" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">privalomos </w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>valandos, susijusios su profesiniu tobulėjimu</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir su veikl</w:t>
       </w:r>
-      <w:r w:rsidR="00137E5E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00137E5E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokyklos</w:t>
       </w:r>
-      <w:r w:rsidR="00137E5E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00137E5E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>bendruomenei</w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24184556" w14:textId="7C0EB914" w:rsidR="00137E5E" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="24184556" w14:textId="7C0EB914" w:rsidR="00137E5E" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>privalomos v</w:t>
       </w:r>
-      <w:r w:rsidR="00137E5E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00137E5E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>alandos</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00137E5E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00137E5E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">susijusios su profesiniu tobulėjimu ir su veikla mokyklos bendruomenei, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>numatomos kiekvienam mokytojui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C60D0B" w14:textId="49F37BE8" w:rsidR="00E112C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="28C60D0B" w14:textId="49F37BE8" w:rsidR="00E112C6" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">privalomų valandų, susijusių su </w:t>
       </w:r>
-      <w:r w:rsidR="00137E5E" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00137E5E" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">profesiniu tobulėjimu ir su </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">veikla mokyklos bendruomenei, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">skaičius </w:t>
       </w:r>
-      <w:r w:rsidR="00874EFE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nustatomas kiekvienam mokytojui individualiai, priklausomai </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nuo </w:t>
       </w:r>
-      <w:r w:rsidR="00874EFE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jo turimų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>kontaktinių valandų</w:t>
       </w:r>
-      <w:r w:rsidR="00874EFE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">valandų ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti, vadovauti klasei (grupei) </w:t>
       </w:r>
-      <w:r w:rsidR="00874EFE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">skirtų valandų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>skaičiaus</w:t>
       </w:r>
-      <w:r w:rsidR="00874EFE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EF1A30" w14:textId="20601BB2" w:rsidR="00E112C6" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="50EF1A30" w14:textId="20601BB2" w:rsidR="00E112C6" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>neprivalomos valandos, susijusios su veikla mokyklos bendruomenei ir sutarti rezultatai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352277A2" w14:textId="3E56938E" w:rsidR="00B77EA3" w:rsidRPr="004B1A1B" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
+    <w:p w14:paraId="352277A2" w14:textId="3E56938E" w:rsidR="00B77EA3" w:rsidRPr="003B22DA" w:rsidRDefault="00E112C6" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">neprivalomos </w:t>
       </w:r>
-      <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">valandos bei </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>veiklos gali būti sulygstamos su mokytoju individualiai, atsižvelgiant į jo turimą kvalifikacinę kategoriją, atliekamas funkcijas, numatytas pareigybės apraše, į mokyklos tikslus ir uždavinius;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B636019" w14:textId="066DE83F" w:rsidR="003F7854" w:rsidRPr="004B1A1B" w:rsidRDefault="00B77EA3" w:rsidP="0039658A">
+    <w:p w14:paraId="2B636019" w14:textId="066DE83F" w:rsidR="003F7854" w:rsidRPr="003B22DA" w:rsidRDefault="00B77EA3" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>neprivalomos veiklos mokyklos bendruomenei, mokytojui</w:t>
       </w:r>
-      <w:r w:rsidR="00D518DE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D518DE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">numatomos </w:t>
       </w:r>
-      <w:r w:rsidR="00D518DE" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00D518DE" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos vadovui</w:t>
       </w:r>
-      <w:r w:rsidR="00E112C6" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00E112C6" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir mokytojui susitarus dėl konkretaus veiklų mokyklos bendruomenei sąrašo bei siektinų rezultatų ir šioms veikloms vykdyti mokytojo darbo krūvio sandaroje skiriamų valandų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713EE674" w14:textId="7A494016" w:rsidR="00794A74" w:rsidRPr="004B1A1B" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
+    <w:p w14:paraId="713EE674" w14:textId="7A494016" w:rsidR="00794A74" w:rsidRPr="003B22DA" w:rsidRDefault="00914C7D" w:rsidP="0039658A">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Veiklų profesiniam tobulėjimui bei veiklų </w:t>
       </w:r>
-      <w:r w:rsidR="00167BCD" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="00167BCD" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prog</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>imnazijos bendruomenei sąrašas:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="6946"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="5B327B3D" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="5B327B3D" w14:textId="77777777" w:rsidTr="007303FF">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38E86B54" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="38E86B54" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eil. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="476A4264" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="476A4264" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veiklų sąrašas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5281DE1A" w14:textId="1C18638E" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00794A74" w:rsidP="00A94277">
+          <w:p w14:paraId="5281DE1A" w14:textId="1C18638E" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00794A74" w:rsidP="00A94277">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
-            <w:r w:rsidR="00212808" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00212808" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>alimos valandos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="00107782" w14:paraId="2ACD0970" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="2ACD0970" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAEAD4D" w14:textId="3DA487AD" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00212808">
+          <w:p w14:paraId="3AAEAD4D" w14:textId="3DA487AD" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00212808">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Privalomos veiklos </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos bendruomenei ir profesiniam tobulė</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>jimui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00F3658C" w14:textId="0419B4AE" w:rsidR="00EB0CD4" w:rsidRPr="00370312" w:rsidRDefault="00FE69F5" w:rsidP="00EB0CD4">
+          <w:p w14:paraId="00F3658C" w14:textId="0419B4AE" w:rsidR="00EB0CD4" w:rsidRPr="003B22DA" w:rsidRDefault="00FE69F5" w:rsidP="00EB0CD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="142"/>
                 <w:tab w:val="left" w:pos="709"/>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00370312">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>7,</w:t>
             </w:r>
-            <w:r w:rsidR="00370312" w:rsidRPr="00370312">
+            <w:r w:rsidR="00370312" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00E6679E" w:rsidRPr="00370312">
+            <w:r w:rsidR="00E6679E" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> procentų</w:t>
             </w:r>
-            <w:r w:rsidR="00874EFE" w:rsidRPr="00370312">
+            <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> nuo</w:t>
             </w:r>
-            <w:r w:rsidR="00EB0CD4" w:rsidRPr="00370312">
+            <w:r w:rsidR="00EB0CD4" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> turimų </w:t>
             </w:r>
-            <w:r w:rsidR="00EB0CD4" w:rsidRPr="00370312">
+            <w:r w:rsidR="00EB0CD4" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">kontaktinių valandų, </w:t>
             </w:r>
-            <w:r w:rsidR="00EB0CD4" w:rsidRPr="00370312">
+            <w:r w:rsidR="00EB0CD4" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">valandų ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti, vadovauti klasei (grupei) </w:t>
             </w:r>
-            <w:r w:rsidR="00EB0CD4" w:rsidRPr="00370312">
+            <w:r w:rsidR="00EB0CD4" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>skirtų valandų skaičiaus</w:t>
             </w:r>
-            <w:r w:rsidR="00EB0CD4" w:rsidRPr="00370312">
+            <w:r w:rsidR="00EB0CD4" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A3B2A27" w14:textId="6B6B2CFD" w:rsidR="00212808" w:rsidRPr="00370312" w:rsidRDefault="00874EFE" w:rsidP="00EB0CD4">
+          <w:p w14:paraId="5A3B2A27" w14:textId="6B6B2CFD" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00874EFE" w:rsidP="00EB0CD4">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:ind w:hanging="687"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00370312">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="2FB729A2" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="2FB729A2" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="16EFDD6A" w14:textId="254817FF" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00212808">
+          <w:p w14:paraId="16EFDD6A" w14:textId="254817FF" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00212808">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="523" w:hanging="523"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Privalomos veiklos </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos bendruomenei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0B0DE92D" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="0B0DE92D" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="00107782" w14:paraId="0829137C" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="0829137C" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C4EDDE" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="20C4EDDE" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE61219" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="3DE61219" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Tėvų (globėjų, rūpintojų) informavimas, konsultavimas ir bendradarbiavimas su jais dėl mokinių ugdymo(</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">) ir mokymosi pažangos ir pasiekimų; </w:t>
+              <w:t xml:space="preserve">Tėvų (globėjų, rūpintojų) informavimas, konsultavimas ir bendradarbiavimas su jais dėl mokinių ugdymo(si) ir mokymosi pažangos ir pasiekimų; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E51289E" w14:textId="35DDAB1E" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="3E51289E" w14:textId="35DDAB1E" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tėvų (globėjų, rūpintojų) susirinkimai, tėvų dienos, atvirų durų dienos;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A8FFF94" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="4A8FFF94" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>individualus tėvų konsultavimas (pokalbiai, susirašinėjimas per el. dienyną, kt. bendravimo su tėvais būdai dėl mokinio mokymosi pasiekimų ir pažangos bei elgesio);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="114CA3DD" w14:textId="400E33BC" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="114CA3DD" w14:textId="400E33BC" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">bendradarbiavimas su </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos darbuotojais mokinių ugdymo klausimais;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4437199F" w14:textId="1FCB73CD" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="4437199F" w14:textId="1FCB73CD" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">mokinių pažangos, elgesio, lankomumo aptarimas su klasės </w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vadovais</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, pagalbos mokiniui specialistais, </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>prog</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>imnazijos vadovais;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10DEB56B" w14:textId="5CB35AC4" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="10DEB56B" w14:textId="5CB35AC4" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>klasės(</w:t>
+              <w:t>klasės(ių)</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ių</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t xml:space="preserve">mokymosi pasiekimų ir pažangos, </w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">pusmečio ir </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">mokymosi pasiekimų ir pažangos, </w:t>
+              <w:t xml:space="preserve">metinių rezultatų, elgesio, lankomumo analizė ir aptarimas su klasės </w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">pusmečio ir </w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>vadovais</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, pagalbos mokiniui specialistais, mokyklos vadovais, VGK komisija;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AE27661" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="4AE27661" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ilgalaikių prevencinių programų įgyvendinimas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CE43D07" w14:textId="31176F27" w:rsidR="00E6679E" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="6CE43D07" w14:textId="31176F27" w:rsidR="00E6679E" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">dalyvavimas veiklose skirtose </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos veiklų planavimui ir tobulinimui bei organizavimui (dalyvavimas mokytojų tarybos posėdžiuose, susirinkimuose, metodi</w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nių</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> grupių pasitarimuose ir pan.).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0B0634ED" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="0B0634ED" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="567CC792" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="567CC792" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2ADD360B" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00212808">
+          <w:p w14:paraId="2ADD360B" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00212808">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="523" w:hanging="523"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Privalomos veiklos profesiniam tobulėjimui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="036F0E1B" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="036F0E1B" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="00107782" w14:paraId="20EE70A8" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="20EE70A8" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C011ADD" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="0C011ADD" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21703633" w14:textId="6FB762FC" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="21703633" w14:textId="6FB762FC" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalinimasis patirtimi (darbas metodi</w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nėse</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> grupėse, </w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">savipagalbos grupėse, </w:t>
             </w:r>
-            <w:r w:rsidR="002415D6" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="002415D6" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">metodinėse dienos, </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">atvirų pamokų vedimas, aptarimas, </w:t>
             </w:r>
-            <w:r w:rsidR="002415D6" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="002415D6" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pamokų stebėjimas, </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>praktinės veiklos reflektavimas, mokytojų veiklos analiz</w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>avimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir vertinimas, dalyvavim</w:t>
             </w:r>
-            <w:r w:rsidR="00B71C85" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B71C85" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> bendruomenės renginiuose);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68DC18EB" w14:textId="3DC881BC" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="68DC18EB" w14:textId="3DC881BC" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>profesinių kompetencijų įsivertinimas ir aptarimas su kuruojančiu vadovu</w:t>
             </w:r>
-            <w:r w:rsidR="002415D6" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="002415D6" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EB4D9C5" w14:textId="06B660E3" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="5EB4D9C5" w14:textId="06B660E3" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dalyvavimas neformaliojo suaugusiųjų švietimo veiklose (seminaruose, konferencijose, stažuotėse, kvalifikacijos tobulinimo projektuose</w:t>
             </w:r>
-            <w:r w:rsidR="002415D6" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="002415D6" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidR="002415D6" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="002415D6" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ebinaruose</w:t>
+              <w:t>ebinaruose, ...</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B1331B5" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="5B1331B5" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bendrųjų ir specialiųjų kompetencijų gilinimas savišvietos būdu;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A66D01D" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="0A66D01D" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mokytojų veiklą reglamentuojančių dokumentų analizavimas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="254A9678" w14:textId="68960A22" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="254A9678" w14:textId="68960A22" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">kvalifikacijos tobulinimas pagal </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijoje nustatytus prioritetus ir asmeninius</w:t>
             </w:r>
-            <w:r w:rsidR="002415D6" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="002415D6" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> profesinio tobulėjimo</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> planus;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="397B3A55" w14:textId="5F0FA785" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="397B3A55" w14:textId="5F0FA785" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">dalyvavimas </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos, kaip besimokančios bendruomenės, ir tarpinstitucinio bendradarbiavimo</w:t>
             </w:r>
-            <w:r w:rsidR="002415D6" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="002415D6" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> veiklose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4779A652" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00A94277">
+          <w:p w14:paraId="4779A652" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00A94277">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE4A3E" w:rsidRPr="00370312" w14:paraId="48CD4F36" w14:textId="77777777" w:rsidTr="00CE4A3E">
+      <w:tr w:rsidR="00CE4A3E" w:rsidRPr="003B22DA" w14:paraId="48CD4F36" w14:textId="77777777" w:rsidTr="00CE4A3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="19861B2D" w14:textId="227F17C8" w:rsidR="00CE4A3E" w:rsidRPr="00370312" w:rsidRDefault="00CE4A3E" w:rsidP="00CE4A3E">
+          <w:p w14:paraId="19861B2D" w14:textId="227F17C8" w:rsidR="00CE4A3E" w:rsidRPr="003B22DA" w:rsidRDefault="00CE4A3E" w:rsidP="00CE4A3E">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00370312">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Privalomos veiklos mokinių ugdymosi poreikiams tenkinti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E6679E" w:rsidRPr="00370312" w14:paraId="04BEC8F4" w14:textId="77777777" w:rsidTr="00370312">
+      <w:tr w:rsidR="00E6679E" w:rsidRPr="003B22DA" w14:paraId="04BEC8F4" w14:textId="77777777" w:rsidTr="00370312">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26CA8EF7" w14:textId="5DB412C7" w:rsidR="00E6679E" w:rsidRPr="00370312" w:rsidRDefault="00E6679E" w:rsidP="00A94277">
+          <w:p w14:paraId="26CA8EF7" w14:textId="5DB412C7" w:rsidR="00E6679E" w:rsidRPr="003B22DA" w:rsidRDefault="00E6679E" w:rsidP="00A94277">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DB5BF8" w14:textId="63B2D7B2" w:rsidR="00E6679E" w:rsidRPr="00370312" w:rsidRDefault="00FE69F5" w:rsidP="002415D6">
+          <w:p w14:paraId="43DB5BF8" w14:textId="63B2D7B2" w:rsidR="00E6679E" w:rsidRPr="003B22DA" w:rsidRDefault="00FE69F5" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00370312">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="232323"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Konsultacijoms, mokinių žinioms gilinti, mokymosi pagalbai, kitiems mokinių mokymosi poreikiams tenkinti, švietimo pagalbos kokybei, mokinių saugumui užtikrinti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="51640273" w14:textId="565FD60B" w:rsidR="00E6679E" w:rsidRPr="00370312" w:rsidRDefault="00FE69F5" w:rsidP="00A94277">
+          <w:p w14:paraId="51640273" w14:textId="565FD60B" w:rsidR="00E6679E" w:rsidRPr="003B22DA" w:rsidRDefault="00FE69F5" w:rsidP="00A94277">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00370312">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2,5 procentų</w:t>
             </w:r>
-            <w:r w:rsidR="00CE4A3E" w:rsidRPr="00370312">
+            <w:r w:rsidR="00CE4A3E" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> nuo</w:t>
             </w:r>
-            <w:r w:rsidR="00CE4A3E" w:rsidRPr="00370312">
+            <w:r w:rsidR="00CE4A3E" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> turimų </w:t>
             </w:r>
-            <w:r w:rsidR="00CE4A3E" w:rsidRPr="00370312">
+            <w:r w:rsidR="00CE4A3E" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">kontaktinių valandų, </w:t>
             </w:r>
-            <w:r w:rsidR="00CE4A3E" w:rsidRPr="00370312">
+            <w:r w:rsidR="00CE4A3E" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>valandų ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti</w:t>
             </w:r>
-            <w:r w:rsidR="00370312" w:rsidRPr="00370312">
+            <w:r w:rsidR="00370312" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE4A3E" w:rsidRPr="00370312">
+            <w:r w:rsidR="00CE4A3E" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>skirtų valandų skaičiaus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="199E9E8B" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="199E9E8B" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="02A1F0C6" w14:textId="5AC2E82A" w:rsidR="002415D6" w:rsidRPr="004B1A1B" w:rsidRDefault="002415D6" w:rsidP="00212808">
+          <w:p w14:paraId="02A1F0C6" w14:textId="5AC2E82A" w:rsidR="002415D6" w:rsidRPr="003B22DA" w:rsidRDefault="002415D6" w:rsidP="00212808">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Neprivalomos veiklos progimnazijos bendruomenei</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="0D7B40B5" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="0D7B40B5" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7664A0D7" w14:textId="43B6E0DD" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="002415D6">
+          <w:p w14:paraId="7664A0D7" w14:textId="43B6E0DD" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="002415D6">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Bendradarbiavimo veiklos, skirtos mokyklos veiklai planuoti, tobulinti, pozityviam mokyklos mikroklimatui kurti, ugdymo ir švietimo pagalbos kokybei, mokykloje ugdomų mokinių saugumui užtikrinti</w:t>
             </w:r>
-            <w:r w:rsidR="009907DF" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="009907DF" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="34062EF6" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="34062EF6" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6E291C" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00DB0D6C">
+          <w:p w14:paraId="4C6E291C" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00DB0D6C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="392BEA58" w14:textId="551AAABF" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00794A74">
+          <w:p w14:paraId="392BEA58" w14:textId="551AAABF" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00794A74">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vadovavimas metodi</w:t>
             </w:r>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nei</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> grupei (taip pat dirbama ugdymo plano, metinio ir strateginio plano rengimo darbo grupėse</w:t>
             </w:r>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, rengiamos </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>veiklos analizė</w:t>
             </w:r>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ataskait</w:t>
             </w:r>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>os</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir protokol</w:t>
             </w:r>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ai bei </w:t>
+              <w:t>ai bei kt)</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64C9FD45" w14:textId="61B44792" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="64C9FD45" w14:textId="61B44792" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00FC1ADE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="454DF389" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="454DF389" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C44669C" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00DB0D6C">
+          <w:p w14:paraId="6C44669C" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00DB0D6C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35EEBA20" w14:textId="2197E67F" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00794A74">
+          <w:p w14:paraId="35EEBA20" w14:textId="2197E67F" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00794A74">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vadovavimas </w:t>
             </w:r>
-            <w:r w:rsidR="00C842E1" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C842E1" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos veiklos grupėms</w:t>
             </w:r>
-            <w:r w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00FC1ADE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, veiklos analizių, ataskaitų ir protokolų rengimas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2233CA6F" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00794A74">
+          <w:p w14:paraId="2233CA6F" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00794A74">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>veiklos kokybės įsivertinimo,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1D3B0F" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00794A74">
+          <w:p w14:paraId="1D1D3B0F" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00794A74">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">darbo tarybos, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1721674F" w14:textId="59DA5D0E" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00FC1ADE" w:rsidP="00794A74">
+          <w:p w14:paraId="1721674F" w14:textId="59DA5D0E" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00FC1ADE" w:rsidP="00794A74">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidR="009907DF" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="009907DF" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos tarybos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE50E8B" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00FC1ADE" w:rsidP="00874EFE">
+          <w:p w14:paraId="5AE50E8B" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00FC1ADE" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="019D8B7A" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00FC1ADE" w:rsidP="00874EFE">
+          <w:p w14:paraId="019D8B7A" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00FC1ADE" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="411EF3ED" w14:textId="6C07DEB2" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="411EF3ED" w14:textId="6C07DEB2" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00212808" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00212808" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5215B1AF" w14:textId="75441A4F" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="5215B1AF" w14:textId="75441A4F" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00FC1ADE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77850641" w14:textId="7410774C" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="77850641" w14:textId="7410774C" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00FC1ADE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="02453CA3" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="02453CA3" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACC33DF" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00FC1ADE" w:rsidP="00DB0D6C">
+          <w:p w14:paraId="7ACC33DF" w14:textId="77777777" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00FC1ADE" w:rsidP="00DB0D6C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06EEEE66" w14:textId="1F1F5A76" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00FC1ADE" w:rsidP="00794A74">
+          <w:p w14:paraId="06EEEE66" w14:textId="1F1F5A76" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00FC1ADE" w:rsidP="00794A74">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„Tūkstantmečio mokyklų“ programos įgyvendinim</w:t>
             </w:r>
-            <w:r w:rsidR="00370312">
+            <w:r w:rsidR="00370312" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (darbo grupėje)</w:t>
             </w:r>
-            <w:r w:rsidR="00370312">
+            <w:r w:rsidR="00370312" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-              <w:t>Strateginių tikslų įgyvendinimo koordinavimas</w:t>
+              <w:t>, Strateginių tikslų įgyvendinimo koordinavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="173C6040" w14:textId="117F7676" w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="173C6040" w14:textId="117F7676" w:rsidR="00FC1ADE" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00FC1ADE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="3AC232BD" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="3AC232BD" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A84956D" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00DB0D6C">
+          <w:p w14:paraId="5A84956D" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00DB0D6C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B655B74" w14:textId="6D46D998" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00794A74">
+          <w:p w14:paraId="2B655B74" w14:textId="6D46D998" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00794A74">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalyvavimas grupių veikloje (veiklos kokybės įsivertinimo, darbo tarybos, </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidR="00C145BE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C145BE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos tarybos</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00FC1ADE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00FC1ADE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vaiko gerovės komisijoje </w:t>
             </w:r>
-            <w:r w:rsidR="00A013DE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00A013DE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ir </w:t>
             </w:r>
-            <w:r w:rsidR="00794A74" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00794A74" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pan.</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00EF5C7D" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00EF5C7D" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>veiklos organizavimas</w:t>
             </w:r>
-            <w:r w:rsidR="00370312" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00370312" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A723759" w14:textId="53E485D2" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00FC1ADE" w:rsidP="00874EFE">
+          <w:p w14:paraId="6A723759" w14:textId="53E485D2" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00FC1ADE" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00212808" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00212808" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="444CDDFC" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="444CDDFC" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D00E3EF" w14:textId="77777777" w:rsidR="00034DEE" w:rsidRPr="004B1A1B" w:rsidRDefault="00034DEE" w:rsidP="00101527">
+          <w:p w14:paraId="2D00E3EF" w14:textId="77777777" w:rsidR="00034DEE" w:rsidRPr="003B22DA" w:rsidRDefault="00034DEE" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16351228" w14:textId="4DEA3D41" w:rsidR="00034DEE" w:rsidRPr="004B1A1B" w:rsidRDefault="00034DEE" w:rsidP="00101527">
+          <w:p w14:paraId="16351228" w14:textId="4DEA3D41" w:rsidR="00034DEE" w:rsidRPr="003B22DA" w:rsidRDefault="00034DEE" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inžinerinių mokyklų tinklo veiklos koordinavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D064334" w14:textId="3EBB950A" w:rsidR="00034DEE" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="0D064334" w14:textId="3EBB950A" w:rsidR="00034DEE" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00034DEE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00034DEE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="05A4E392" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="05A4E392" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47BDEF45" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="47BDEF45" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C910913" w14:textId="19E691CE" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C842E1" w:rsidP="00101527">
+          <w:p w14:paraId="5C910913" w14:textId="19E691CE" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C842E1" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prog</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>imnazijos renginių ar tikslinių veiklų organizavimas, informacinio pranešimo parengimas apie veiklą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43160408" w14:textId="151BDEAA" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="43160408" w14:textId="151BDEAA" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 42</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BD92D1F" w14:textId="0C06CB0B" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00874EFE" w:rsidP="00874EFE">
+          <w:p w14:paraId="6BD92D1F" w14:textId="0C06CB0B" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00874EFE" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>riklausomai nuo sudėtingumo ir apimties</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="679BF3D7" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="679BF3D7" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="667519C2" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="667519C2" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="356A1A6B" w14:textId="3D13B0A0" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C842E1" w:rsidP="00101527">
+          <w:p w14:paraId="356A1A6B" w14:textId="3D13B0A0" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C842E1" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prog</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>imnazijos in</w:t>
             </w:r>
-            <w:r w:rsidR="00E12476" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00E12476" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ternetinio </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>puslapio priežiūra, informacijos sklaida socialiniuose tinkluose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="428446C6" w14:textId="10033ECE" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00E12476" w:rsidP="00874EFE">
+          <w:p w14:paraId="428446C6" w14:textId="10033ECE" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00E12476" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="7980CD70" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="7980CD70" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="64E67E1B" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="64E67E1B" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokyklos ugdymo turinio formavimo veiklos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="11825D06" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="11825D06" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75E31286" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="75E31286" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="234A9BAA" w14:textId="5095158F" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="234A9BAA" w14:textId="5095158F" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STEAM</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, inžinerinės</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ugdymo srities k</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>oordinavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="00427B57" w14:textId="1C8289D1" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
+          <w:p w14:paraId="00427B57" w14:textId="1C8289D1" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="53ED7B5B" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="53ED7B5B" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53DF618A" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="53DF618A" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BADD6CE" w14:textId="4692D5C4" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="3BADD6CE" w14:textId="4692D5C4" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STEAM</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, inžinerinės</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ugdymo srities įgyvendinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1716775A" w14:textId="724A9522" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
+          <w:p w14:paraId="1716775A" w14:textId="724A9522" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="1E7876B3" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="1E7876B3" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C618B74" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="0C618B74" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="152F98E4" w14:textId="1599B92C" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="152F98E4" w14:textId="1599B92C" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>DofE</w:t>
+              <w:t xml:space="preserve">DofE programos </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00B36189" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> programos </w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">koordinavimas, </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>įgyvendinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5E091BB2" w14:textId="58FA5864" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
+          <w:p w14:paraId="5E091BB2" w14:textId="58FA5864" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B36189" w:rsidRPr="004B1A1B" w14:paraId="0C189D52" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="00B36189" w:rsidRPr="003B22DA" w14:paraId="0C189D52" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1602DA" w14:textId="77777777" w:rsidR="00B36189" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00101527">
+          <w:p w14:paraId="3B1602DA" w14:textId="77777777" w:rsidR="00B36189" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="567840D5" w14:textId="7689A92A" w:rsidR="00B36189" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00101527">
+          <w:p w14:paraId="567840D5" w14:textId="7689A92A" w:rsidR="00B36189" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>DofE</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> programos įgyvendinimas</w:t>
+              <w:t>DofE programos įgyvendinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5C0AD6" w14:textId="72C87016" w:rsidR="00B36189" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="5E5C0AD6" w14:textId="72C87016" w:rsidR="00B36189" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="44BBCCC0" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="44BBCCC0" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="401A6412" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="401A6412" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7DD909" w14:textId="28FB7B32" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00101527">
+          <w:p w14:paraId="4F7DD909" w14:textId="28FB7B32" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prog</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">imnazijos projektų, skirtų </w:t>
             </w:r>
-            <w:r w:rsidR="00874EFE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos ugdymo turiniui kurti ir įgyvendinti, rengimas ir jų įgyvendinimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="29FC0796" w14:textId="36C4D649" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
+          <w:p w14:paraId="29FC0796" w14:textId="36C4D649" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">42 </w:t>
             </w:r>
-            <w:r w:rsidR="00874EFE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00874EFE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>riklausomai nuo projekto sudėtingumo ir apimties</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="11BDD75D" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="11BDD75D" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6648087C" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="6648087C" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1166DD" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="1A1166DD" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3241E836" w14:textId="2DD8EEF7" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="3241E836" w14:textId="2DD8EEF7" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tarptautinių projektų </w:t>
             </w:r>
-            <w:r w:rsidR="00034DEE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00034DEE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">rengimas, </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>veiklų koordinavimas (inicijavimas, įgyvendinimas, ataskaitų rengimas</w:t>
             </w:r>
-            <w:r w:rsidR="00034DEE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00034DEE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir pan.</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="747A633F" w14:textId="68B2EB0D" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="747A633F" w14:textId="68B2EB0D" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="49259CEF" w14:textId="77777777" w:rsidR="00874EFE" w:rsidRPr="004B1A1B" w:rsidRDefault="00034DEE" w:rsidP="00874EFE">
+          <w:p w14:paraId="49259CEF" w14:textId="77777777" w:rsidR="00874EFE" w:rsidRPr="003B22DA" w:rsidRDefault="00034DEE" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki 84 </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71C79C23" w14:textId="4302620D" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00874EFE" w:rsidP="00874EFE">
+          <w:p w14:paraId="71C79C23" w14:textId="4302620D" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00874EFE" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>riklausomai nuo projekto sudėtingumo ir apimties</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="5850E4EF" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="5850E4EF" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF986B2" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="1AF986B2" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B12B0F" w14:textId="485ADBFB" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="71B12B0F" w14:textId="485ADBFB" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalyvavimas tarptautinių, nacionalinių ir / ar regioninių projektų įgyvendinime.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="11A16DE2" w14:textId="487248B9" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00034DEE" w:rsidP="00874EFE">
+          <w:p w14:paraId="11A16DE2" w14:textId="487248B9" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00034DEE" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34CDDAD5" w14:textId="6B7A7DBC" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="34CDDAD5" w14:textId="6B7A7DBC" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Priklausomai nuo projekto apimties, sudėtingumo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="4660CA9C" w14:textId="77777777" w:rsidTr="008B3203">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="4660CA9C" w14:textId="77777777" w:rsidTr="008B3203">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EC626F1" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="1EC626F1" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D0BA61" w14:textId="7DC7C4C5" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00874EFE" w:rsidP="00101527">
+          <w:p w14:paraId="32D0BA61" w14:textId="7DC7C4C5" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00874EFE" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="00034DEE" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00034DEE" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nžinerijos, gamtos, geografijos</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> kabinetų mokymosi aplinkos kūrimas ir priežiūra</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">, pasiruošimas </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> ugdymo organizavimui</w:t>
+              <w:t>, pasiruošimas patyriminio ugdymo organizavimui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8ADD84" w14:textId="401BCC97" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
+          <w:p w14:paraId="0C8ADD84" w14:textId="401BCC97" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00B36189" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="67D5B507" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="67D5B507" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="64D2034E" w14:textId="171DCBB3" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="64D2034E" w14:textId="171DCBB3" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Konsultavimo</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ir patirties sklaidos veiklos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="41060D92" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="41060D92" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4295E74B" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="4295E74B" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD7011D" w14:textId="2451E6B7" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="0BD7011D" w14:textId="2451E6B7" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pedagoginių darbuotojų didaktinis, dalykinis konsultavimas, asmeninės patirties sklaida, mentorystė.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="52527958" w14:textId="4CA3C106" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
+          <w:p w14:paraId="52527958" w14:textId="4CA3C106" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="2F31FA27" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="2F31FA27" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF079DF" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="4BF079DF" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63803E92" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="63803E92" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kvalifikacijos tobulinimo programų rengimas ir įgyvendinimas mokykloje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="49ED49B8" w14:textId="39F908FF" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="49ED49B8" w14:textId="39F908FF" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">1 programa </w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>21 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00370312" w:rsidRPr="004B1A1B" w14:paraId="6F455521" w14:textId="77777777" w:rsidTr="007303FF">
+      <w:tr w:rsidR="00370312" w:rsidRPr="003B22DA" w14:paraId="6F455521" w14:textId="77777777" w:rsidTr="007303FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="693D469B" w14:textId="77777777" w:rsidR="00370312" w:rsidRPr="004B1A1B" w:rsidRDefault="00370312" w:rsidP="00101527">
+          <w:p w14:paraId="693D469B" w14:textId="77777777" w:rsidR="00370312" w:rsidRPr="003B22DA" w:rsidRDefault="00370312" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECAA849" w14:textId="61C4BD44" w:rsidR="00370312" w:rsidRPr="004B1A1B" w:rsidRDefault="00370312" w:rsidP="00101527">
+          <w:p w14:paraId="6ECAA849" w14:textId="61C4BD44" w:rsidR="00370312" w:rsidRPr="003B22DA" w:rsidRDefault="00370312" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mentorystė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA6DBA6" w14:textId="2344148D" w:rsidR="00370312" w:rsidRPr="004B1A1B" w:rsidRDefault="00370312" w:rsidP="00874EFE">
+          <w:p w14:paraId="6FA6DBA6" w14:textId="2344148D" w:rsidR="00370312" w:rsidRPr="003B22DA" w:rsidRDefault="00370312" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="23941CB8" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="23941CB8" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:trPr>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="26519A2B" w14:textId="21FC6EE9" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="26519A2B" w14:textId="21FC6EE9" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokinių ugdymosi poreikiams tenkinti skirtos edukacinės, ugdomosios veiklos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="00107782" w14:paraId="4EE14CFF" w14:textId="77777777" w:rsidTr="00101527">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="4EE14CFF" w14:textId="77777777" w:rsidTr="00101527">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EDA0B2F" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="3EDA0B2F" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DEBDD2B" w14:textId="2CBE3B2E" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="4DEBDD2B" w14:textId="2CBE3B2E" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Edukacinių renginių, konkursų, olimpiadų ar tikslinių edukacinių veiklų, išvykų bei </w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">gimnazijos tradicinių (nedalykinių) renginių </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>organizavimas ir dalyvavimas juose ne kontaktinių valandų metu, informacinio pranešimo parengimas apie veiklą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04230772" w14:textId="3AFACB88" w:rsidR="00101527" w:rsidRPr="00370312" w:rsidRDefault="00C9117C" w:rsidP="00370312">
+          <w:p w14:paraId="04230772" w14:textId="3AFACB88" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00370312">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Iki 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="00370312" w14:paraId="1F7E2DD7" w14:textId="77777777" w:rsidTr="00082EFB">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="1F7E2DD7" w14:textId="77777777" w:rsidTr="00082EFB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="004CD50E" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="00082EFB" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="004CD50E" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E962BD7" w14:textId="45739CA1" w:rsidR="00101527" w:rsidRPr="00082EFB" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="1E962BD7" w14:textId="45739CA1" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082EFB">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalykų konsultacijos</w:t>
             </w:r>
-            <w:r w:rsidR="00370312" w:rsidRPr="00082EFB">
+            <w:r w:rsidR="00370312" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00082EFB">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>besirengiantiems konkursams, varžyboms ir pan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021CA1F7" w14:textId="07F9B8A5" w:rsidR="00101527" w:rsidRPr="00082EFB" w:rsidRDefault="00C9117C" w:rsidP="00370312">
+          <w:p w14:paraId="021CA1F7" w14:textId="07F9B8A5" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00370312">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082EFB">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 21</w:t>
             </w:r>
-            <w:r w:rsidR="00370312" w:rsidRPr="00082EFB">
+            <w:r w:rsidR="00370312" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="00107782" w14:paraId="766422B8" w14:textId="77777777" w:rsidTr="00101527">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="766422B8" w14:textId="77777777" w:rsidTr="00101527">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E754CAF" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="4E754CAF" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="050BA8D3" w14:textId="77B00D56" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00101527">
+          <w:p w14:paraId="050BA8D3" w14:textId="77B00D56" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prog</w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>imnazijos olimpiadų, konkurs</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ų, jų </w:t>
             </w:r>
-            <w:r w:rsidR="00101527" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00101527" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> užduočių rengimas ir mokinių darbų vertinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B585290" w14:textId="5F3C4609" w:rsidR="00101527" w:rsidRPr="00082EFB" w:rsidRDefault="00101527" w:rsidP="00082EFB">
+          <w:p w14:paraId="2B585290" w14:textId="5F3C4609" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00082EFB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="00107782" w14:paraId="08A5C781" w14:textId="77777777" w:rsidTr="00101527">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="08A5C781" w14:textId="77777777" w:rsidTr="00101527">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C863E01" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="6C863E01" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7505AE23" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="7505AE23" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Bendradarbiavimo su mokyklos partneriais veiklos, apimančios bendrų projektų, renginių organizavimą ir jų įgyvendinimą mokykloje ar už jos ribų. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="75F665A1" w14:textId="4C43EAD7" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="75F665A1" w14:textId="4C43EAD7" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="5E7F7C96" w14:textId="77777777" w:rsidTr="00DB0D6C">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="5E7F7C96" w14:textId="77777777" w:rsidTr="00DB0D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE356A2" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00874EFE">
+          <w:p w14:paraId="5AE356A2" w14:textId="77777777" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00874EFE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Kita</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1A1B" w:rsidRPr="004B1A1B" w14:paraId="43B363BA" w14:textId="77777777" w:rsidTr="00101527">
+      <w:tr w:rsidR="004B1A1B" w:rsidRPr="003B22DA" w14:paraId="43B363BA" w14:textId="77777777" w:rsidTr="00101527">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDB6A5F" w14:textId="1537D287" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="5BDB6A5F" w14:textId="1537D287" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="557A3AA9" w14:textId="3B9939F3" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00101527" w:rsidP="00101527">
+          <w:p w14:paraId="557A3AA9" w14:textId="3B9939F3" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00101527" w:rsidP="00101527">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Už kitus papildomus nenumatytus darbus, iniciatyvas </w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijoje</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (p</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ranešimų rengimas / skaitymas (bendruose klasių tėvų susirinkimuose miesto / respublikinėse / tarptautinėse konferencijose, seminaruose ir pan.</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, v</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>eiklos laikinose darbo grupėse</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, n</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">aujų </w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gimnazijos ugdymo turiniui įgyvendinti skirtų programų</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rengim</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">as, </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nacionalinių / tarptautinių projektų rengim</w:t>
             </w:r>
-            <w:r w:rsidR="00C9117C" w:rsidRPr="004B1A1B">
+            <w:r w:rsidR="00C9117C" w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>as ir kt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2947C6" w14:textId="44BBED47" w:rsidR="00101527" w:rsidRPr="004B1A1B" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
+          <w:p w14:paraId="4D2947C6" w14:textId="44BBED47" w:rsidR="00101527" w:rsidRPr="003B22DA" w:rsidRDefault="00C9117C" w:rsidP="00874EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B1A1B">
+            <w:r w:rsidRPr="003B22DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Skiriama viena iš skatinimo priemonių</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B1BE9E3" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="004B1A1B" w:rsidRDefault="00212808" w:rsidP="00212808">
+    <w:p w14:paraId="3B1BE9E3" w14:textId="77777777" w:rsidR="00212808" w:rsidRPr="003B22DA" w:rsidRDefault="00212808" w:rsidP="00212808">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A6542C5" w14:textId="4824E5D3" w:rsidR="00166C1F" w:rsidRPr="00082EFB" w:rsidRDefault="00166C1F" w:rsidP="00082EFB">
+    <w:p w14:paraId="6A6542C5" w14:textId="4824E5D3" w:rsidR="00166C1F" w:rsidRPr="003B22DA" w:rsidRDefault="00166C1F" w:rsidP="00082EFB">
       <w:pPr>
         <w:pStyle w:val="Pavadinimas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:firstLine="916"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00082EFB">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Valandų, susijusių su profesiniu tobulėjimu ir veikla mokyklos bendruomenei, skaičius sudaro nuo 7,</w:t>
       </w:r>
-      <w:r w:rsidR="00082EFB" w:rsidRPr="00082EFB">
+      <w:r w:rsidR="00082EFB" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00082EFB">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> iki 49,7 procento kontaktinių valandų ir valandų, skiriamų ugdomajai veiklai planuoti, pasiruošti pamokomas, mokinių mokymosi pasiekimams vertinti, vadovauti klasei (grupei), skaičiaus mokytojui per mokslo metus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A467EE0" w14:textId="78BCBB4A" w:rsidR="0015409D" w:rsidRPr="004B1A1B" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
+    <w:p w14:paraId="2A467EE0" w14:textId="63C297EA" w:rsidR="0015409D" w:rsidRPr="003B22DA" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokytojų, dirbančių pagal priešmokyklinio ugdymo programą, darbo laikas per savaitę yra 36 valandos, iš jų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="002A0020" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002A0020" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> valand</w:t>
       </w:r>
-      <w:r w:rsidR="002A0020" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002A0020" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> skiriama tiesioginiam darbui su mokiniais, </w:t>
       </w:r>
-      <w:r w:rsidR="002A0020" w:rsidRPr="004B1A1B">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00A56152" w:rsidRPr="003B22DA">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="154CBF4E" w14:textId="6D64A83D" w:rsidR="00B77EA3" w:rsidRPr="004B1A1B" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
+        <w:t>6 valandos – netiesioginiam darbui su mokiniais (ugdomosioms veikloms planuoti ir joms pasirengti, dokumentams, susijusiems su ugdymu, rengti, bendradarbiauti su mokytojais, kitais ugdymo procese dalyvaujančiais asmenimis, tėvais (globėjais) ugdymo ir (ar) švietimo pagalbos klausimais, dalyvauti su mokyklos veiklos organizavimu susijusiose veiklose).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154CBF4E" w14:textId="6D64A83D" w:rsidR="00B77EA3" w:rsidRPr="003B22DA" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specialiųjų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagogų, logopedų, darbo laikas per savaitę yra 3</w:t>
       </w:r>
-      <w:r w:rsidR="002A0020" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002A0020" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> valandos, iš jų 18 valandų skiriama tiesioginiam darbui su vaikais, mokiniais (vaikų, mokinių specialiesiems ugdymosi poreikiams įvertinti, specialiosioms pratyboms vesti), </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="002A0020" w:rsidRPr="004B1A1B">
+      <w:r w:rsidR="002A0020" w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> valandų</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – netiesioginiam darbui su </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>vaikais,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokiniais</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">veikloms </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">planuoti </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir joms </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pasirengti, dokumentams rengti</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">bendradarbiauti su mokytojais, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kitais ugdymo procese dalyvaujančiais asmenimis, vaikų, mokinių </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>tėvais (globėjais, rūpintojais) ugdymo ir (ar) švietimo pagalbos klausimais</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>kt.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4626C55A" w14:textId="0D9E5E38" w:rsidR="00B77EA3" w:rsidRPr="004B1A1B" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
+    <w:p w14:paraId="4626C55A" w14:textId="0D9E5E38" w:rsidR="00B77EA3" w:rsidRPr="003B22DA" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Karjeros specialistų darbo laikas per savaitę yra 36 valandos. Ne daugiau kaip 60 procentų šių darbuotojų darbo laiko skiriama tiesioginiam darbui su mokiniais teikiant ugdymo karjerai, profesinio informavimo ir profesinio konsultavimo paslaugas, o kita darbo laiko dalis skiriama netiesioginiam darbui su mokiniais (veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, mokinių tėvais (globėjais, rūpintojais), kitais asmenimis ugdymo karjerai, profesinio informavimo ir profesinio konsultavimo klausimais ir kt.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC0735B" w14:textId="586DDE18" w:rsidR="00B77EA3" w:rsidRPr="004B1A1B" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
+    <w:p w14:paraId="6FC0735B" w14:textId="586DDE18" w:rsidR="00B77EA3" w:rsidRPr="003B22DA" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Psichologų, socialinių pedagogų </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>darbo laikas per savaitę yra 36 valandos.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Ne daugiau kaip 60 procentų šių darbuotojų darbo laiko skiriama tiesioginiam švietimo pagalbos darbui: vaikų, mokinių švietimo pagalbos ir (arba) specialiesiems ugdymosi poreikiams įvertinti, vaikams, mokiniams, jų tėvams (globėjams, rūpintojams) konsultuoti, taip pat Lietuvos Respublikos švietimo įstatymo 23</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> straipsnio 4 dalyje nustatytais atvejais – mokytojams ir kitiems švietimo įstaigos darbuotojams konsultuoti, vesti jiems užsiėmimus, o kita jų darbo laiko dalis skiriama netiesioginiam švietimo pagalbos darbui: veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, vaikų, mokinių tėvais (globėjais, rūpintojais), kitais asmenimis ugdymo ir (arba) švietimo pagalbos klausimais ir kt.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="770AADF4" w14:textId="09EE14BD" w:rsidR="00B77EA3" w:rsidRPr="004B1A1B" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
+        <w:t xml:space="preserve"> straipsnio 4 dalyje nustatytais atvejais – mokytojams ir kitiems švietimo įstaigos darbuotojams konsultuoti, vesti jiems užsiėmimus, o kita jų darbo laiko dalis skiriama netiesioginiam švietimo pagalbos darbui: veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, vaikų, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B22DA">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mokinių tėvais (globėjais, rūpintojais), kitais asmenimis ugdymo ir (arba) švietimo pagalbos klausimais ir kt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770AADF4" w14:textId="09EE14BD" w:rsidR="00B77EA3" w:rsidRPr="003B22DA" w:rsidRDefault="00B77EA3" w:rsidP="00F0630B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Auklėtojų darbo laikas per savaitę yra </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>36 valandos, iš jų 28 valandos skiriamos tiesioginiam darbui su mokiniais, 8 valandos – netiesioginiam</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbui su mokiniais (darbams planuoti, dokumentams, susijusiems su ugdymu, rengti, bendradarbiauti su mokytojais, tėvais (globėjais, rūpintojais) ugdymo klausimais ir kt.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726BB33C" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="004B1A1B" w:rsidRDefault="00B91824" w:rsidP="00F0630B">
+    <w:p w14:paraId="726BB33C" w14:textId="77777777" w:rsidR="00B91824" w:rsidRPr="003B22DA" w:rsidRDefault="00B91824" w:rsidP="00F0630B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43396D8B" w14:textId="096C3845" w:rsidR="00874EFE" w:rsidRPr="004B1A1B" w:rsidRDefault="00874EFE" w:rsidP="00B91824">
+    <w:p w14:paraId="43396D8B" w14:textId="096C3845" w:rsidR="00874EFE" w:rsidRPr="003B22DA" w:rsidRDefault="00874EFE" w:rsidP="00B91824">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="004B1A1B">
+      <w:r w:rsidRPr="003B22DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00874EFE" w:rsidRPr="004B1A1B" w:rsidSect="003F5015">
+    <w:sectPr w:rsidR="00874EFE" w:rsidRPr="003B22DA" w:rsidSect="003F5015">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BDEC1DD" w14:textId="77777777" w:rsidR="00F41282" w:rsidRDefault="00F41282" w:rsidP="00DB6D0E">
+    <w:p w14:paraId="2253751F" w14:textId="77777777" w:rsidR="00417C6E" w:rsidRDefault="00417C6E" w:rsidP="00DB6D0E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D150211" w14:textId="77777777" w:rsidR="00F41282" w:rsidRDefault="00F41282" w:rsidP="00DB6D0E">
+    <w:p w14:paraId="617EE189" w14:textId="77777777" w:rsidR="00417C6E" w:rsidRDefault="00417C6E" w:rsidP="00DB6D0E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -26480,58 +26198,58 @@
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
             <w:r w:rsidRPr="00E56609">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3942A2C8" w14:textId="77777777" w:rsidR="00F41282" w:rsidRDefault="00F41282" w:rsidP="00DB6D0E">
+    <w:p w14:paraId="607A197E" w14:textId="77777777" w:rsidR="00417C6E" w:rsidRDefault="00417C6E" w:rsidP="00DB6D0E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58DF6027" w14:textId="77777777" w:rsidR="00F41282" w:rsidRDefault="00F41282" w:rsidP="00DB6D0E">
+    <w:p w14:paraId="3A3540E0" w14:textId="77777777" w:rsidR="00417C6E" w:rsidRDefault="00417C6E" w:rsidP="00DB6D0E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01041C4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F7E9A3A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -31244,51 +30962,50 @@
   </w:num>
   <w:num w:numId="38" w16cid:durableId="676810467">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="101075773">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="539049348">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="379598544">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="962229262">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="341736988">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -31350,189 +31067,199 @@
     <w:rsid w:val="00142D89"/>
     <w:rsid w:val="001436F2"/>
     <w:rsid w:val="0014503C"/>
     <w:rsid w:val="001472C3"/>
     <w:rsid w:val="0015160A"/>
     <w:rsid w:val="0015409D"/>
     <w:rsid w:val="00154FB1"/>
     <w:rsid w:val="00160027"/>
     <w:rsid w:val="00161D02"/>
     <w:rsid w:val="00162C27"/>
     <w:rsid w:val="001633CA"/>
     <w:rsid w:val="00164637"/>
     <w:rsid w:val="001661A4"/>
     <w:rsid w:val="00166C1F"/>
     <w:rsid w:val="00167BCD"/>
     <w:rsid w:val="00170E92"/>
     <w:rsid w:val="001756EC"/>
     <w:rsid w:val="001820E7"/>
     <w:rsid w:val="00184E12"/>
     <w:rsid w:val="0018610A"/>
     <w:rsid w:val="001915D9"/>
     <w:rsid w:val="0019216D"/>
     <w:rsid w:val="0019402E"/>
     <w:rsid w:val="00194FA9"/>
     <w:rsid w:val="00196859"/>
+    <w:rsid w:val="001A176A"/>
     <w:rsid w:val="001A4A23"/>
     <w:rsid w:val="001B17F0"/>
     <w:rsid w:val="001B1C77"/>
     <w:rsid w:val="001B2C9F"/>
     <w:rsid w:val="001B3CD4"/>
     <w:rsid w:val="001B458B"/>
     <w:rsid w:val="001B6943"/>
     <w:rsid w:val="001C2493"/>
     <w:rsid w:val="001C4970"/>
     <w:rsid w:val="001C603A"/>
     <w:rsid w:val="001D0288"/>
     <w:rsid w:val="001D3973"/>
     <w:rsid w:val="001D40FB"/>
     <w:rsid w:val="001D5424"/>
     <w:rsid w:val="001E0FD4"/>
     <w:rsid w:val="001E6B0D"/>
     <w:rsid w:val="001E7EDA"/>
     <w:rsid w:val="001F0024"/>
     <w:rsid w:val="001F4164"/>
     <w:rsid w:val="001F49BE"/>
     <w:rsid w:val="001F569E"/>
     <w:rsid w:val="001F724E"/>
     <w:rsid w:val="002018C9"/>
     <w:rsid w:val="00202445"/>
     <w:rsid w:val="00207190"/>
     <w:rsid w:val="00207863"/>
+    <w:rsid w:val="002102F8"/>
     <w:rsid w:val="00211349"/>
     <w:rsid w:val="00212808"/>
     <w:rsid w:val="00213A24"/>
     <w:rsid w:val="00224900"/>
     <w:rsid w:val="00230BA2"/>
     <w:rsid w:val="00233892"/>
     <w:rsid w:val="00234D5A"/>
+    <w:rsid w:val="00235940"/>
     <w:rsid w:val="00240B6F"/>
     <w:rsid w:val="002415D6"/>
     <w:rsid w:val="00242658"/>
     <w:rsid w:val="00246B64"/>
     <w:rsid w:val="00246BD3"/>
     <w:rsid w:val="00257E6D"/>
     <w:rsid w:val="002612E7"/>
     <w:rsid w:val="00262481"/>
     <w:rsid w:val="00262C52"/>
     <w:rsid w:val="00262D82"/>
     <w:rsid w:val="002652EE"/>
     <w:rsid w:val="0027671F"/>
     <w:rsid w:val="00284A40"/>
     <w:rsid w:val="00284CB4"/>
     <w:rsid w:val="00284F2D"/>
     <w:rsid w:val="0028669D"/>
     <w:rsid w:val="00290472"/>
     <w:rsid w:val="00295684"/>
     <w:rsid w:val="00296145"/>
     <w:rsid w:val="002A0020"/>
     <w:rsid w:val="002A45AE"/>
     <w:rsid w:val="002B2887"/>
     <w:rsid w:val="002B4FCD"/>
     <w:rsid w:val="002B6222"/>
     <w:rsid w:val="002B69F2"/>
     <w:rsid w:val="002B6AC3"/>
     <w:rsid w:val="002C36BC"/>
     <w:rsid w:val="002C51F7"/>
     <w:rsid w:val="002C5933"/>
     <w:rsid w:val="002C6862"/>
     <w:rsid w:val="002D04E0"/>
     <w:rsid w:val="002D06E8"/>
     <w:rsid w:val="002D333D"/>
     <w:rsid w:val="002D59E1"/>
     <w:rsid w:val="002E1661"/>
     <w:rsid w:val="002E6268"/>
     <w:rsid w:val="002E6FD2"/>
     <w:rsid w:val="002E7C7E"/>
     <w:rsid w:val="002F43BD"/>
+    <w:rsid w:val="002F5171"/>
     <w:rsid w:val="002F75CE"/>
     <w:rsid w:val="002F7B33"/>
     <w:rsid w:val="00304ADF"/>
     <w:rsid w:val="00310966"/>
     <w:rsid w:val="0031793B"/>
     <w:rsid w:val="00324DAD"/>
     <w:rsid w:val="003250D5"/>
     <w:rsid w:val="00326362"/>
     <w:rsid w:val="00327C59"/>
     <w:rsid w:val="00330D0D"/>
     <w:rsid w:val="00335C1E"/>
     <w:rsid w:val="0033641F"/>
     <w:rsid w:val="00336859"/>
+    <w:rsid w:val="00337A44"/>
     <w:rsid w:val="00340601"/>
     <w:rsid w:val="00340931"/>
     <w:rsid w:val="0034096D"/>
     <w:rsid w:val="0034199C"/>
     <w:rsid w:val="00342BEF"/>
     <w:rsid w:val="003466B4"/>
     <w:rsid w:val="00347B33"/>
     <w:rsid w:val="00353E90"/>
     <w:rsid w:val="0036120C"/>
     <w:rsid w:val="00362BBE"/>
     <w:rsid w:val="00363278"/>
     <w:rsid w:val="003641C6"/>
     <w:rsid w:val="00364B99"/>
     <w:rsid w:val="003665BE"/>
     <w:rsid w:val="00370312"/>
     <w:rsid w:val="003715E3"/>
+    <w:rsid w:val="00371BB4"/>
     <w:rsid w:val="00377A80"/>
     <w:rsid w:val="00381494"/>
     <w:rsid w:val="00385601"/>
     <w:rsid w:val="0038671D"/>
     <w:rsid w:val="00391719"/>
     <w:rsid w:val="0039188D"/>
     <w:rsid w:val="00391C3F"/>
     <w:rsid w:val="00392466"/>
     <w:rsid w:val="00393772"/>
     <w:rsid w:val="00395CB8"/>
     <w:rsid w:val="0039658A"/>
     <w:rsid w:val="003B137D"/>
+    <w:rsid w:val="003B22DA"/>
     <w:rsid w:val="003B3908"/>
     <w:rsid w:val="003B49AC"/>
     <w:rsid w:val="003B68C9"/>
     <w:rsid w:val="003C1D44"/>
     <w:rsid w:val="003C3FB0"/>
     <w:rsid w:val="003C4222"/>
     <w:rsid w:val="003C7E2C"/>
     <w:rsid w:val="003D0088"/>
+    <w:rsid w:val="003D0FDB"/>
     <w:rsid w:val="003D77FA"/>
     <w:rsid w:val="003D7FC6"/>
     <w:rsid w:val="003D7FEF"/>
     <w:rsid w:val="003E37B3"/>
     <w:rsid w:val="003E7532"/>
     <w:rsid w:val="003F046D"/>
     <w:rsid w:val="003F5015"/>
     <w:rsid w:val="003F5BC2"/>
+    <w:rsid w:val="003F6102"/>
     <w:rsid w:val="003F6E54"/>
     <w:rsid w:val="003F7854"/>
     <w:rsid w:val="00402027"/>
     <w:rsid w:val="004024CC"/>
     <w:rsid w:val="004025FC"/>
     <w:rsid w:val="00402F93"/>
     <w:rsid w:val="00404DDC"/>
     <w:rsid w:val="00405A1D"/>
     <w:rsid w:val="00410D85"/>
     <w:rsid w:val="00414E53"/>
+    <w:rsid w:val="00417C6E"/>
     <w:rsid w:val="00417DA7"/>
     <w:rsid w:val="00421A1F"/>
     <w:rsid w:val="004257C6"/>
     <w:rsid w:val="004259D9"/>
     <w:rsid w:val="004260EE"/>
     <w:rsid w:val="0042693A"/>
     <w:rsid w:val="00430FBF"/>
     <w:rsid w:val="004340CC"/>
     <w:rsid w:val="004354E4"/>
     <w:rsid w:val="004432B3"/>
     <w:rsid w:val="00444B4F"/>
     <w:rsid w:val="00450BB2"/>
     <w:rsid w:val="004524E9"/>
     <w:rsid w:val="00456E68"/>
     <w:rsid w:val="0046041A"/>
     <w:rsid w:val="00461837"/>
     <w:rsid w:val="00462227"/>
     <w:rsid w:val="00462ACF"/>
     <w:rsid w:val="00466FB6"/>
     <w:rsid w:val="00475644"/>
     <w:rsid w:val="00477E9F"/>
     <w:rsid w:val="00480EA7"/>
     <w:rsid w:val="004817B8"/>
     <w:rsid w:val="00483545"/>
     <w:rsid w:val="00494834"/>
@@ -31582,114 +31309,121 @@
     <w:rsid w:val="00574DEE"/>
     <w:rsid w:val="005830C3"/>
     <w:rsid w:val="005841A2"/>
     <w:rsid w:val="005904C4"/>
     <w:rsid w:val="00590B07"/>
     <w:rsid w:val="005937FC"/>
     <w:rsid w:val="00593843"/>
     <w:rsid w:val="005A08B6"/>
     <w:rsid w:val="005A0F8B"/>
     <w:rsid w:val="005A5626"/>
     <w:rsid w:val="005B07DB"/>
     <w:rsid w:val="005B126F"/>
     <w:rsid w:val="005B5E08"/>
     <w:rsid w:val="005B653A"/>
     <w:rsid w:val="005C12EB"/>
     <w:rsid w:val="005D0D72"/>
     <w:rsid w:val="005D3E28"/>
     <w:rsid w:val="005E0197"/>
     <w:rsid w:val="005E09BC"/>
     <w:rsid w:val="005E2C61"/>
     <w:rsid w:val="005E3600"/>
     <w:rsid w:val="005E5EB9"/>
     <w:rsid w:val="005F11A4"/>
     <w:rsid w:val="005F18C0"/>
     <w:rsid w:val="005F1D9E"/>
+    <w:rsid w:val="005F1E94"/>
     <w:rsid w:val="005F688F"/>
     <w:rsid w:val="00603635"/>
+    <w:rsid w:val="00605096"/>
     <w:rsid w:val="006065F1"/>
     <w:rsid w:val="00606B65"/>
     <w:rsid w:val="00612249"/>
+    <w:rsid w:val="006136DC"/>
     <w:rsid w:val="006177AC"/>
     <w:rsid w:val="006221DB"/>
     <w:rsid w:val="00622813"/>
     <w:rsid w:val="0062389E"/>
     <w:rsid w:val="0062604B"/>
     <w:rsid w:val="006265EE"/>
     <w:rsid w:val="00627487"/>
     <w:rsid w:val="00631285"/>
     <w:rsid w:val="006337F6"/>
     <w:rsid w:val="006363EE"/>
     <w:rsid w:val="00642C6C"/>
     <w:rsid w:val="00650688"/>
     <w:rsid w:val="006609BC"/>
     <w:rsid w:val="00660CF7"/>
+    <w:rsid w:val="00661417"/>
     <w:rsid w:val="006614EC"/>
     <w:rsid w:val="006616E3"/>
     <w:rsid w:val="00662466"/>
     <w:rsid w:val="00676FB5"/>
     <w:rsid w:val="00683AFF"/>
     <w:rsid w:val="00687F36"/>
     <w:rsid w:val="00690042"/>
     <w:rsid w:val="006949EF"/>
     <w:rsid w:val="00694BAD"/>
     <w:rsid w:val="0069538C"/>
     <w:rsid w:val="006956D7"/>
+    <w:rsid w:val="00697466"/>
     <w:rsid w:val="006A3E23"/>
     <w:rsid w:val="006A4629"/>
     <w:rsid w:val="006B306A"/>
     <w:rsid w:val="006B4E20"/>
     <w:rsid w:val="006B65CD"/>
     <w:rsid w:val="006C1465"/>
     <w:rsid w:val="006C147C"/>
     <w:rsid w:val="006C493F"/>
     <w:rsid w:val="006C4F69"/>
     <w:rsid w:val="006C662D"/>
     <w:rsid w:val="006C6C02"/>
     <w:rsid w:val="006D0DFF"/>
     <w:rsid w:val="006D1247"/>
     <w:rsid w:val="006D344E"/>
     <w:rsid w:val="006D34BC"/>
     <w:rsid w:val="006D48A9"/>
     <w:rsid w:val="006D4E8E"/>
     <w:rsid w:val="006D6D1C"/>
     <w:rsid w:val="006E1245"/>
     <w:rsid w:val="006E70E8"/>
     <w:rsid w:val="006F2578"/>
     <w:rsid w:val="006F5730"/>
     <w:rsid w:val="00702715"/>
     <w:rsid w:val="00702812"/>
     <w:rsid w:val="00702966"/>
+    <w:rsid w:val="007227C1"/>
     <w:rsid w:val="00723802"/>
     <w:rsid w:val="007303FF"/>
     <w:rsid w:val="007306AC"/>
     <w:rsid w:val="007345F7"/>
     <w:rsid w:val="00734CFE"/>
     <w:rsid w:val="0073574E"/>
     <w:rsid w:val="007409C2"/>
     <w:rsid w:val="00740A7D"/>
     <w:rsid w:val="00741A83"/>
+    <w:rsid w:val="007447FC"/>
     <w:rsid w:val="007502FB"/>
     <w:rsid w:val="007509E1"/>
     <w:rsid w:val="007517D0"/>
     <w:rsid w:val="00751D68"/>
     <w:rsid w:val="00752C6B"/>
     <w:rsid w:val="0075336A"/>
     <w:rsid w:val="00757D66"/>
     <w:rsid w:val="00762B5B"/>
     <w:rsid w:val="007647CC"/>
     <w:rsid w:val="00766689"/>
     <w:rsid w:val="00771757"/>
     <w:rsid w:val="007739D8"/>
     <w:rsid w:val="00773A42"/>
     <w:rsid w:val="00774EDA"/>
     <w:rsid w:val="007765EC"/>
     <w:rsid w:val="0078046A"/>
     <w:rsid w:val="00780584"/>
     <w:rsid w:val="0078702D"/>
     <w:rsid w:val="007872FD"/>
     <w:rsid w:val="007876C7"/>
     <w:rsid w:val="007903DE"/>
     <w:rsid w:val="00792002"/>
     <w:rsid w:val="00794012"/>
     <w:rsid w:val="00794A74"/>
     <w:rsid w:val="0079791B"/>
@@ -31773,298 +31507,312 @@
     <w:rsid w:val="0090521E"/>
     <w:rsid w:val="009103AB"/>
     <w:rsid w:val="009136D9"/>
     <w:rsid w:val="00914831"/>
     <w:rsid w:val="00914C7D"/>
     <w:rsid w:val="00916192"/>
     <w:rsid w:val="00916FEF"/>
     <w:rsid w:val="00917389"/>
     <w:rsid w:val="00917F33"/>
     <w:rsid w:val="00922BC6"/>
     <w:rsid w:val="00922D78"/>
     <w:rsid w:val="00924D87"/>
     <w:rsid w:val="0093186D"/>
     <w:rsid w:val="00933439"/>
     <w:rsid w:val="00934245"/>
     <w:rsid w:val="0093510D"/>
     <w:rsid w:val="009379E2"/>
     <w:rsid w:val="0095458D"/>
     <w:rsid w:val="00955146"/>
     <w:rsid w:val="00955C5B"/>
     <w:rsid w:val="00957241"/>
     <w:rsid w:val="00961167"/>
     <w:rsid w:val="00965F85"/>
     <w:rsid w:val="00970E4B"/>
     <w:rsid w:val="0097116E"/>
+    <w:rsid w:val="0097210E"/>
     <w:rsid w:val="00975278"/>
     <w:rsid w:val="00977FDE"/>
     <w:rsid w:val="00982BF1"/>
     <w:rsid w:val="00982F86"/>
     <w:rsid w:val="00984237"/>
     <w:rsid w:val="00984748"/>
     <w:rsid w:val="00986B68"/>
     <w:rsid w:val="009907DF"/>
     <w:rsid w:val="00990D83"/>
     <w:rsid w:val="00991A74"/>
     <w:rsid w:val="00997304"/>
     <w:rsid w:val="009A04BF"/>
     <w:rsid w:val="009A425B"/>
     <w:rsid w:val="009A44B5"/>
     <w:rsid w:val="009A45A1"/>
     <w:rsid w:val="009A46C5"/>
     <w:rsid w:val="009A5667"/>
     <w:rsid w:val="009B0D32"/>
     <w:rsid w:val="009B6DA9"/>
     <w:rsid w:val="009B7942"/>
     <w:rsid w:val="009C0F1E"/>
+    <w:rsid w:val="009C2A53"/>
     <w:rsid w:val="009C4321"/>
     <w:rsid w:val="009C77F1"/>
     <w:rsid w:val="009D09F3"/>
     <w:rsid w:val="009E1FD8"/>
     <w:rsid w:val="009E4507"/>
     <w:rsid w:val="009E50E5"/>
     <w:rsid w:val="009E5A71"/>
     <w:rsid w:val="009F2B2F"/>
     <w:rsid w:val="009F36C7"/>
     <w:rsid w:val="009F66F0"/>
     <w:rsid w:val="00A013DE"/>
     <w:rsid w:val="00A017D5"/>
     <w:rsid w:val="00A017F2"/>
     <w:rsid w:val="00A0475A"/>
     <w:rsid w:val="00A05EC5"/>
     <w:rsid w:val="00A07F30"/>
     <w:rsid w:val="00A10F5B"/>
     <w:rsid w:val="00A13A65"/>
     <w:rsid w:val="00A16915"/>
     <w:rsid w:val="00A3018B"/>
     <w:rsid w:val="00A32C47"/>
     <w:rsid w:val="00A42BA3"/>
     <w:rsid w:val="00A42D00"/>
     <w:rsid w:val="00A42EB8"/>
     <w:rsid w:val="00A443AB"/>
     <w:rsid w:val="00A524C0"/>
+    <w:rsid w:val="00A56152"/>
     <w:rsid w:val="00A57A0A"/>
     <w:rsid w:val="00A65093"/>
     <w:rsid w:val="00A66652"/>
     <w:rsid w:val="00A67AAC"/>
     <w:rsid w:val="00A7205C"/>
     <w:rsid w:val="00A729CB"/>
     <w:rsid w:val="00A72B53"/>
     <w:rsid w:val="00A733E7"/>
     <w:rsid w:val="00A74C31"/>
     <w:rsid w:val="00A75496"/>
     <w:rsid w:val="00A763B9"/>
     <w:rsid w:val="00A81581"/>
     <w:rsid w:val="00A83BF3"/>
+    <w:rsid w:val="00A90F6A"/>
     <w:rsid w:val="00A9216A"/>
     <w:rsid w:val="00A94277"/>
     <w:rsid w:val="00A94FED"/>
     <w:rsid w:val="00A960B7"/>
     <w:rsid w:val="00A96768"/>
     <w:rsid w:val="00AA1C87"/>
     <w:rsid w:val="00AA232F"/>
     <w:rsid w:val="00AA2C54"/>
     <w:rsid w:val="00AA412F"/>
     <w:rsid w:val="00AA4D18"/>
     <w:rsid w:val="00AA6110"/>
     <w:rsid w:val="00AB054F"/>
     <w:rsid w:val="00AB1027"/>
     <w:rsid w:val="00AB1FA9"/>
     <w:rsid w:val="00AB2EF6"/>
     <w:rsid w:val="00AC01DF"/>
     <w:rsid w:val="00AC2A0D"/>
     <w:rsid w:val="00AC58AA"/>
     <w:rsid w:val="00AC59AC"/>
     <w:rsid w:val="00AC6171"/>
     <w:rsid w:val="00AC7143"/>
     <w:rsid w:val="00AD6BC8"/>
     <w:rsid w:val="00AD75DA"/>
     <w:rsid w:val="00AE06E4"/>
     <w:rsid w:val="00AE2A1D"/>
     <w:rsid w:val="00AE512A"/>
     <w:rsid w:val="00AF3A04"/>
     <w:rsid w:val="00AF5024"/>
     <w:rsid w:val="00AF5AB4"/>
     <w:rsid w:val="00AF699D"/>
     <w:rsid w:val="00AF7905"/>
     <w:rsid w:val="00B1061A"/>
     <w:rsid w:val="00B14970"/>
     <w:rsid w:val="00B14F74"/>
     <w:rsid w:val="00B15E60"/>
     <w:rsid w:val="00B17892"/>
     <w:rsid w:val="00B23F19"/>
     <w:rsid w:val="00B36189"/>
     <w:rsid w:val="00B3793E"/>
     <w:rsid w:val="00B40503"/>
     <w:rsid w:val="00B42481"/>
     <w:rsid w:val="00B541A3"/>
     <w:rsid w:val="00B54F3B"/>
     <w:rsid w:val="00B55BA8"/>
     <w:rsid w:val="00B56E52"/>
     <w:rsid w:val="00B57A9E"/>
+    <w:rsid w:val="00B67AAF"/>
     <w:rsid w:val="00B71C85"/>
     <w:rsid w:val="00B75BE7"/>
     <w:rsid w:val="00B77EA3"/>
     <w:rsid w:val="00B84227"/>
     <w:rsid w:val="00B8500A"/>
     <w:rsid w:val="00B878FC"/>
     <w:rsid w:val="00B87F99"/>
     <w:rsid w:val="00B90520"/>
+    <w:rsid w:val="00B90BCC"/>
     <w:rsid w:val="00B91824"/>
     <w:rsid w:val="00B96DE6"/>
     <w:rsid w:val="00BA0E4B"/>
     <w:rsid w:val="00BA110C"/>
     <w:rsid w:val="00BA2E33"/>
     <w:rsid w:val="00BA3943"/>
     <w:rsid w:val="00BA44BA"/>
     <w:rsid w:val="00BA6167"/>
     <w:rsid w:val="00BA7E3A"/>
     <w:rsid w:val="00BB0525"/>
     <w:rsid w:val="00BB2F9A"/>
     <w:rsid w:val="00BB38A5"/>
     <w:rsid w:val="00BB4322"/>
     <w:rsid w:val="00BC0154"/>
+    <w:rsid w:val="00BD2CE0"/>
     <w:rsid w:val="00BD33E7"/>
     <w:rsid w:val="00BD4A37"/>
     <w:rsid w:val="00BD4E85"/>
     <w:rsid w:val="00BD4FD9"/>
     <w:rsid w:val="00BD6F8C"/>
     <w:rsid w:val="00BD72DE"/>
     <w:rsid w:val="00BD7FBE"/>
     <w:rsid w:val="00BE0398"/>
     <w:rsid w:val="00BE57C8"/>
     <w:rsid w:val="00BE6844"/>
     <w:rsid w:val="00BE709F"/>
     <w:rsid w:val="00BF0BA4"/>
     <w:rsid w:val="00C022F7"/>
     <w:rsid w:val="00C02CF6"/>
     <w:rsid w:val="00C06E2B"/>
     <w:rsid w:val="00C07C44"/>
     <w:rsid w:val="00C07EC0"/>
     <w:rsid w:val="00C1025D"/>
     <w:rsid w:val="00C108E8"/>
     <w:rsid w:val="00C145BE"/>
+    <w:rsid w:val="00C158B1"/>
+    <w:rsid w:val="00C162A7"/>
     <w:rsid w:val="00C24DE6"/>
     <w:rsid w:val="00C255C5"/>
     <w:rsid w:val="00C26AC4"/>
     <w:rsid w:val="00C3069F"/>
     <w:rsid w:val="00C31CAB"/>
     <w:rsid w:val="00C41139"/>
     <w:rsid w:val="00C422C3"/>
     <w:rsid w:val="00C44618"/>
     <w:rsid w:val="00C46FE2"/>
+    <w:rsid w:val="00C50263"/>
     <w:rsid w:val="00C502D8"/>
     <w:rsid w:val="00C510FE"/>
     <w:rsid w:val="00C535FD"/>
     <w:rsid w:val="00C53F58"/>
     <w:rsid w:val="00C57664"/>
     <w:rsid w:val="00C62279"/>
     <w:rsid w:val="00C62423"/>
     <w:rsid w:val="00C64820"/>
     <w:rsid w:val="00C6629E"/>
     <w:rsid w:val="00C742D0"/>
     <w:rsid w:val="00C745F6"/>
     <w:rsid w:val="00C778AA"/>
     <w:rsid w:val="00C842E1"/>
     <w:rsid w:val="00C8534D"/>
     <w:rsid w:val="00C856CD"/>
     <w:rsid w:val="00C8682F"/>
     <w:rsid w:val="00C8740D"/>
     <w:rsid w:val="00C9117C"/>
     <w:rsid w:val="00C9117F"/>
     <w:rsid w:val="00C94029"/>
     <w:rsid w:val="00C9762B"/>
     <w:rsid w:val="00CA2991"/>
     <w:rsid w:val="00CB1CE9"/>
     <w:rsid w:val="00CB3DC4"/>
     <w:rsid w:val="00CB44BA"/>
     <w:rsid w:val="00CB4891"/>
     <w:rsid w:val="00CC54D2"/>
     <w:rsid w:val="00CC6CBB"/>
     <w:rsid w:val="00CC6D95"/>
     <w:rsid w:val="00CC7653"/>
     <w:rsid w:val="00CD13AA"/>
     <w:rsid w:val="00CD512C"/>
     <w:rsid w:val="00CD613E"/>
     <w:rsid w:val="00CE1643"/>
     <w:rsid w:val="00CE4A3E"/>
     <w:rsid w:val="00CE7FE9"/>
     <w:rsid w:val="00CF0095"/>
     <w:rsid w:val="00D020AB"/>
     <w:rsid w:val="00D030B4"/>
     <w:rsid w:val="00D0545B"/>
     <w:rsid w:val="00D05EB1"/>
     <w:rsid w:val="00D07DEE"/>
+    <w:rsid w:val="00D15C8F"/>
     <w:rsid w:val="00D23056"/>
     <w:rsid w:val="00D246C8"/>
     <w:rsid w:val="00D2485E"/>
     <w:rsid w:val="00D261DA"/>
     <w:rsid w:val="00D26692"/>
     <w:rsid w:val="00D26A2D"/>
     <w:rsid w:val="00D27A7B"/>
     <w:rsid w:val="00D32245"/>
     <w:rsid w:val="00D343A6"/>
     <w:rsid w:val="00D34B41"/>
     <w:rsid w:val="00D35E63"/>
     <w:rsid w:val="00D36DFC"/>
+    <w:rsid w:val="00D370D0"/>
     <w:rsid w:val="00D43E2A"/>
     <w:rsid w:val="00D456B8"/>
     <w:rsid w:val="00D518DE"/>
+    <w:rsid w:val="00D52F9A"/>
     <w:rsid w:val="00D54269"/>
     <w:rsid w:val="00D55FB6"/>
     <w:rsid w:val="00D57D47"/>
     <w:rsid w:val="00D60CF6"/>
     <w:rsid w:val="00D62DE9"/>
     <w:rsid w:val="00D646B2"/>
     <w:rsid w:val="00D64EEA"/>
     <w:rsid w:val="00D6605E"/>
     <w:rsid w:val="00D722F2"/>
     <w:rsid w:val="00D72720"/>
     <w:rsid w:val="00D76896"/>
     <w:rsid w:val="00D76AC9"/>
     <w:rsid w:val="00D80DA1"/>
     <w:rsid w:val="00D85E91"/>
     <w:rsid w:val="00D8686E"/>
     <w:rsid w:val="00D86CA7"/>
     <w:rsid w:val="00D953B0"/>
     <w:rsid w:val="00D9600D"/>
     <w:rsid w:val="00D966B0"/>
     <w:rsid w:val="00D96979"/>
     <w:rsid w:val="00D96A1A"/>
     <w:rsid w:val="00DA20BD"/>
     <w:rsid w:val="00DA5E7E"/>
     <w:rsid w:val="00DB0D6C"/>
     <w:rsid w:val="00DB3BAD"/>
     <w:rsid w:val="00DB5276"/>
     <w:rsid w:val="00DB55A9"/>
     <w:rsid w:val="00DB6D0E"/>
     <w:rsid w:val="00DC093E"/>
     <w:rsid w:val="00DD1657"/>
     <w:rsid w:val="00DD4BC6"/>
     <w:rsid w:val="00DE0C2A"/>
     <w:rsid w:val="00DE1F56"/>
     <w:rsid w:val="00DE3314"/>
+    <w:rsid w:val="00DE33F6"/>
     <w:rsid w:val="00DF0741"/>
     <w:rsid w:val="00DF0B9A"/>
     <w:rsid w:val="00E0792E"/>
     <w:rsid w:val="00E07983"/>
     <w:rsid w:val="00E07E0E"/>
     <w:rsid w:val="00E10562"/>
     <w:rsid w:val="00E112C6"/>
     <w:rsid w:val="00E11C34"/>
     <w:rsid w:val="00E122D4"/>
     <w:rsid w:val="00E12476"/>
     <w:rsid w:val="00E128DF"/>
     <w:rsid w:val="00E15851"/>
     <w:rsid w:val="00E163CE"/>
     <w:rsid w:val="00E24DD2"/>
     <w:rsid w:val="00E2582E"/>
     <w:rsid w:val="00E3098D"/>
     <w:rsid w:val="00E3156E"/>
     <w:rsid w:val="00E319F7"/>
     <w:rsid w:val="00E3388B"/>
     <w:rsid w:val="00E33A71"/>
     <w:rsid w:val="00E34508"/>
     <w:rsid w:val="00E34F82"/>
     <w:rsid w:val="00E35A70"/>
     <w:rsid w:val="00E36A97"/>
     <w:rsid w:val="00E36CF9"/>
@@ -32152,50 +31900,51 @@
     <w:rsid w:val="00F7589B"/>
     <w:rsid w:val="00F8043D"/>
     <w:rsid w:val="00F81BB5"/>
     <w:rsid w:val="00F83CF0"/>
     <w:rsid w:val="00F84791"/>
     <w:rsid w:val="00F8768F"/>
     <w:rsid w:val="00F924D5"/>
     <w:rsid w:val="00F92E10"/>
     <w:rsid w:val="00F92F3B"/>
     <w:rsid w:val="00FA03BB"/>
     <w:rsid w:val="00FA1FE9"/>
     <w:rsid w:val="00FA339F"/>
     <w:rsid w:val="00FA569F"/>
     <w:rsid w:val="00FA6938"/>
     <w:rsid w:val="00FA7136"/>
     <w:rsid w:val="00FA78E1"/>
     <w:rsid w:val="00FB053A"/>
     <w:rsid w:val="00FB57EA"/>
     <w:rsid w:val="00FB5BA9"/>
     <w:rsid w:val="00FC17BE"/>
     <w:rsid w:val="00FC190A"/>
     <w:rsid w:val="00FC1ADE"/>
     <w:rsid w:val="00FC49ED"/>
     <w:rsid w:val="00FE2767"/>
     <w:rsid w:val="00FE30C1"/>
+    <w:rsid w:val="00FE42B6"/>
     <w:rsid w:val="00FE4897"/>
     <w:rsid w:val="00FE4EA5"/>
     <w:rsid w:val="00FE69F5"/>
     <w:rsid w:val="00FF1F38"/>
     <w:rsid w:val="00FF2725"/>
     <w:rsid w:val="00FF3805"/>
     <w:rsid w:val="00FF5D22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -34301,78 +34050,78 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{254AD62B-E7DD-4674-9843-E1322DAD5750}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>20336</Characters>
+  <Pages>24</Pages>
+  <Words>36129</Words>
+  <Characters>20594</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>169</Lines>
-  <Paragraphs>111</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55902</CharactersWithSpaces>
+  <CharactersWithSpaces>56610</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ILAW LEXTAL</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>